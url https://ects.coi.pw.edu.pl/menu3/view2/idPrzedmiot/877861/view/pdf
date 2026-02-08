--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -879,51 +879,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny i ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W08, IS_W13, IS_W14, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W08, IS_W13, IS_W14, IS_W15, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1379,51 +1379,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie sprawozdania ćwiczenie nr 7 lub 8) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U04, IS_U07, IS_U08, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U07, IS_U08, IS_U15, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1519,51 +1519,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie sprawozdania (ćwiczenie nr 10 i 11) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U07, IS_U08, IS_U10, IS_U15, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U10, IS_U15, IS_U16, IS_U04, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>