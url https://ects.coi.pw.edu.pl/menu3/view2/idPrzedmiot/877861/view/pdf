--- v1 (2026-02-08)
+++ v2 (2026-02-28)
@@ -949,51 +949,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W13, IS_W14, IS_W15, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_W14, IS_W15, IS_W20, IS_W08, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1449,121 +1449,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie sprawozdania (ćwiczenie nr 9) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_U08, IS_U10, IS_U15, IS_U16, IS_U04, IS_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić efekty komputerowego zarządzanie energią na cele ciepłownicze w budynkach z wykorzystaniem systemów BEMS. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie sprawozdania (ćwiczenie nr 10 i 11) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_U04, IS_U07, IS_U08, IS_U10, IS_U15, IS_U16</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">IS_U08, IS_U10, IS_U15, IS_U16, IS_U04, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>