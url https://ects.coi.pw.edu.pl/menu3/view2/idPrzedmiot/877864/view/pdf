--- v0 (2025-12-26)
+++ v1 (2026-03-23)
@@ -814,51 +814,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W związku z tym, że fizyka budynków jest podstawowym kursem w inżynierii systemów ogrzewania, wentylacji, chłodzenia i klimatyzacji budynków, w przedmiocie kładzie nacisk na umiejętności i prowadzące do realizacji celu edukacyjnego, którym jest umiejętność  projektowania systemów i instalacji wewnętrznych budynków i rozwiązywanie problemów przepływów energii i masy w budynkach, w tym w stanach nieustalonych, przy użyciu zasad matematycznych, naukowych i inżynierskich i narzędzi obliczeniowych. Wprowadzono intuicyjną, systematyczną technikę rozwiązywania zaawansowanych problemów wymiany ciepła w budynkach, która może być stosowana w rozwiązywaniu złożonych problemów inżynierskich takich jak wyznaczanie rocznego zapotrzebowania na energie w budynkach mieszkalnych i użyteczności publicznej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U02, IS_U04</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U01, IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>