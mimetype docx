--- v0 (2025-12-26)
+++ v1 (2026-03-23)
@@ -898,87 +898,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">osiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">osiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji.</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania i przygotowania cwu, oraz wymagań kryteriów ich oceny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -997,58 +1067,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania i przygotowania cwu, oraz wymagań kryteriów ich oceny.</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1067,58 +1137,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów. </w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu zagadnień związanych z centralnym przygotowaniem ciepłej wody użytkowej i racjonalnej współpracy z systemem ogrzewczym w budynku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1129,820 +1199,750 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu zagadnień związanych z centralnym przygotowaniem ciepłej wody użytkowej i racjonalnej współpracy z systemem ogrzewczym w budynku.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować racjonalne dostosowanie cieplne i hydrauliczne istniejącej instalacji c.o. i węzła cieplnego do rzeczywistych potrzeb cieplnych pomieszczeń w budynku ocieplonym (grzejniki, pompa, węzeł wymiennikowy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U08, IS_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować ogrzewanie mieszkaniowe wodne w układzie poziomym: konwekcyjne i podłogowe oraz ogrzewanie płaszczyznowe elektryczne. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U08, IS_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować węzeł cieplny 2 – funkcyjny na cele co i cwu z zasobnikiem ciepła i bez, dobrać wymienniki ciepła, zawory regulacyjne licznik ciepła. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U08, IS_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeanalizować i ocenić warunki działania oraz obliczyć parametry eksploatacyjne pracy węzła cieplnego w warunkach obliczeniowych, w okresie przejściowym i w czasie lata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Opracowanie racjonalnego wykresu regulacyjnego dla budynków energooszczędnych i istniejących, ocieplonych po dostosowaniu do rzeczywistych potrzeb cieplnych budynku instalacji ogrzewczej, efekty techniczne i energetyczne tych działań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania, realizacji i interpretacji badań i oceny stanu istniejących wymienników ciepła w węzłach cieplnych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia laboratoryjne, przeprowadzenie pomiarów, opracowanie i zaliczenie sprawozdania z badań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania, realizacji i interpretacji badań i oceny charakterystyki cieplnej grzejników płaszczyznowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia laboratoryjne, sprawozdanie i indywidualna obrona</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych).</w:t>
+        <w:t xml:space="preserve">Ma świadomość pozatechnicznego znaczenia racjonalizacji zużycia ciepła i poprawy efektywności energetycznej systemów ogrzewczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U08</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować racjonalne dostosowanie cieplne i hydrauliczne istniejącej instalacji c.o. i węzła cieplnego do rzeczywistych potrzeb cieplnych pomieszczeń w budynku ocieplonym (grzejniki, pompa, węzeł wymiennikowy).</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie i w zespole przeprowadzić badania elementów systemu ogrzewczego, ocenić ich stan techniczny i aspekty pozatechniczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie projektu i kolokwium </w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U08, IS_U18</w:t>
-[...569 lines deleted...]
-        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K04, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>