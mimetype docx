--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -972,51 +972,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U03, IS_U09</w:t>
+        <w:t xml:space="preserve">IS_U09, IS_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1182,51 +1182,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U12, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>