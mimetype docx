--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -972,51 +972,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U09, IS_U03</w:t>
+        <w:t xml:space="preserve">IS_U03, IS_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1112,51 +1112,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U03, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U12, IS_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>