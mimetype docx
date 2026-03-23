--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -1112,51 +1112,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Samodzielne przeprowadzenie ekologicznej Oceny Cyklu życia (LCA) wybranego wyrobu z zastosowaniem odpowiedniego oprogramowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U12, IS_U03</w:t>
+        <w:t xml:space="preserve">IS_U03, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>