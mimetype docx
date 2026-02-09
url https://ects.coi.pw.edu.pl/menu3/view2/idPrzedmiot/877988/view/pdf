--- v0 (2026-01-14)
+++ v1 (2026-02-09)
@@ -1126,121 +1126,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_K02, IS_K04, IS_K01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi w swoim otoczeniu propagować konieczność poszanowania środowiska i zachowania go w czystości</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">IS_K02, IS_K04, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>