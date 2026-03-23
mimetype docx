--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -756,87 +756,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W07, IS_W11, IS_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę z zakresu antropogenicznego zanieczyszczenia środowiska - źródeł emisji oraz szkodliwości, mobilności i trwałości zanieczyszczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W07, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę z zakresu antropogenicznego zanieczyszczenia środowiska - źródeł emisji oraz szkodliwości, mobilności i trwałości zanieczyszczeń</w:t>
+        <w:t xml:space="preserve">Ma wiedzę z zakresu wpływu ścieków na wody powierzchniowe - proces samooczyszczania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -847,330 +917,260 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W07, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę z zakresu wpływu ścieków na wody powierzchniowe - proces samooczyszczania</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić stan zanieczyszczenia wód na podstawie jakości i stężeń zanieczyszczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W07, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U16, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać podstawowe badania chemiczne wód</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U01, IS_U16, IS_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ocenić stan zanieczyszczenia wód na podstawie jakości i stężeń zanieczyszczeń</w:t>
+        <w:t xml:space="preserve">Ma świadomość przyrodniczych i społecznych konsekwencji zanieczyszczania środowiska</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U16, IS_U17</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">IS_K02, IS_K04, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>