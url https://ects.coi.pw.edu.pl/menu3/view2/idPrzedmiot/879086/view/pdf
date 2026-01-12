--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -773,51 +773,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W07, K_W08, K_W11</w:t>
+        <w:t xml:space="preserve">K_W11, K_W05, K_W07, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -913,51 +913,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W11, K_W19, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W08, K_W11, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>