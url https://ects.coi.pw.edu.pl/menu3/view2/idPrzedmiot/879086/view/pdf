--- v2 (2026-01-13)
+++ v3 (2026-02-09)
@@ -1063,51 +1063,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczenia projektowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U12, K_U14</w:t>
+        <w:t xml:space="preserve">K_U03, K_U12, K_U14, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>