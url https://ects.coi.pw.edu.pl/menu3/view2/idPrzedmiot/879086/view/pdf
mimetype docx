--- v3 (2026-02-09)
+++ v4 (2026-03-24)
@@ -843,51 +843,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1063,51 +1063,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczenia projektowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U12, K_U14, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U12, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>