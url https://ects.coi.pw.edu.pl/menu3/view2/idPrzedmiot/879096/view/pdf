--- v0 (2025-12-26)
+++ v1 (2026-01-16)
@@ -1044,201 +1044,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W15</w:t>
+        <w:t xml:space="preserve">K_W15, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil praktyczny - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">potrafi obliczyć współrzędne geocentryczne kartezjańskie satelity GPS na podstawie efemerydy pokładowej, obliczyć szacowaną dokładność wyznaczenia pozycji i czasu w pomiarach satelitarnych GPS (współczynniki DOP) oraz pozycję anteny z obserwacji kodowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdanie i sprawdzian pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">potrafi wykorzystywać pomiary GPS w zastosowaniach GIS oraz integrować różne techniki pomiarowe w nawigacji (GPS/INS)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Sprawozdanie i sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U11, K_U21</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U01, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>