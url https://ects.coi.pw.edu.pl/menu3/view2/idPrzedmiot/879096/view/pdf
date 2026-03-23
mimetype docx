--- v1 (2026-01-16)
+++ v2 (2026-03-23)
@@ -1044,51 +1044,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil praktyczny - umiejętności</w:t>