--- v0 (2026-01-08)
+++ v1 (2026-01-11)
@@ -785,50 +785,120 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil praktyczny - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka 	GI.IPS-5005_W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy automatycznego opracowania zdjęć lotniczych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin końcowy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 	GI.IPS-5005_W01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe technologie fotogrametryczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -848,58 +918,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 	GI.IPS-5005_W01: </w:t>
+        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy automatycznego opracowania zdjęć lotniczych.</w:t>
+        <w:t xml:space="preserve">Zna podstawy działania lotniczego skaningu laserowego i jego produkty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin końcowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -910,180 +980,110 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka GI.IPS-5005_W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil praktyczny - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy działania lotniczego skaningu laserowego i jego produkty</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać elementarne etapy opracowania zdjęć lotniczych na stacji cyfrowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin końcowy</w:t>
+        <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W13</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">K_U20, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>