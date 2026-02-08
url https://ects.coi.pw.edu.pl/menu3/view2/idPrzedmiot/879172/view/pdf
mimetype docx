--- v0 (2025-12-02)
+++ v1 (2026-02-08)
@@ -842,67 +842,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">przygotowanie pracy semestralnej na temat wybranego regionu, - aktywne uczestnictwo w zajęciach, - uzyskanie pozytywnej oceny z zaliczenia pisemnego z pytaniami opisowymi lub testowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -938,51 +938,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować prezentację na temat wybranego regionu kulturowego posługując się przy tym nowymi technologiami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>