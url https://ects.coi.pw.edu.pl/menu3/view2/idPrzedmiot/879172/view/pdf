--- v1 (2026-02-08)
+++ v2 (2026-03-02)
@@ -922,67 +922,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">przygotowanie pracy semestralnej na temat wybranego regionu, - aktywne uczestnictwo w zajęciach, - uzyskanie pozytywnej oceny z zaliczenia pisemnego z pytaniami opisowymi lub testowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować prezentację na temat wybranego regionu kulturowego posługując się przy tym nowymi technologiami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>