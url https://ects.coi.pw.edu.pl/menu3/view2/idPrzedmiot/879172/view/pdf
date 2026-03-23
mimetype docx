--- v2 (2026-03-02)
+++ v3 (2026-03-23)
@@ -858,51 +858,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -922,51 +922,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">przygotowanie pracy semestralnej na temat wybranego regionu, - aktywne uczestnictwo w zajęciach, - uzyskanie pozytywnej oceny z zaliczenia pisemnego z pytaniami opisowymi lub testowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>