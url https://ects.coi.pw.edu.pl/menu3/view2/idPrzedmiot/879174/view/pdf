--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -775,67 +775,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studenci uczą się zastosowania w praktyce zdobytej wiedzy przez rozwiązywanie praktycznych zadań (studium przypadku / case study), zawierających problem z finansów osobistych. Rozwiązania zadań są omawiane z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>