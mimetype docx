--- v0 (2026-01-10)
+++ v1 (2026-02-09)
@@ -765,51 +765,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna uwarunkowania prawne tworzenia nowych przedsięwzięć biznesowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -905,51 +905,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>