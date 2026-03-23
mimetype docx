--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -749,207 +749,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W07, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna uwarunkowania prawne tworzenia nowych przedsięwzięć biznesowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna uwarunkowania prawne tworzenia nowych przedsięwzięć biznesowych.</w:t>
+        <w:t xml:space="preserve">Rozumie mechanizmy społeczne odnoszące się do funkcjonowania ogólnie rozumianej administracji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_W03, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>