--- v0 (2026-01-08)
+++ v1 (2026-02-08)
@@ -751,67 +751,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja wybranego zagadnienia na zajęciach, praca pisemna na wybrany temat, aktywność dyskusyjna podczas prezentacji innych osób.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01, K_W04</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna różne typy światopoglądów powiązanych z nauką, odróżnia światopogląd od filozofii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -821,67 +821,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja wybranego zagadnienia na zajęciach, praca pisemna na wybrany temat, aktywność dyskusyjna podczas prezentacji innych osób.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie kontekst polityczny kształtowania się wybranych światopogląd</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -891,67 +891,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja wybranego zagadnienia na zajęciach, praca pisemna na wybrany temat, aktywność dyskusyjna podczas prezentacji innych osób.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W01, K_W04</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
@@ -971,51 +971,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja wybranego zagadnienia na zajęciach, praca pisemna na wybrany temat, aktywność dyskusyjna podczas prezentacji innych osób.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K04, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K01, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>