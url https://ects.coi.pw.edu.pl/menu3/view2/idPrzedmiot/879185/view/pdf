--- v1 (2026-02-08)
+++ v2 (2026-03-25)
@@ -767,51 +767,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna różne typy światopoglądów powiązanych z nauką, odróżnia światopogląd od filozofii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -821,67 +821,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja wybranego zagadnienia na zajęciach, praca pisemna na wybrany temat, aktywność dyskusyjna podczas prezentacji innych osób.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W06, K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie kontekst polityczny kształtowania się wybranych światopogląd</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -971,51 +971,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja wybranego zagadnienia na zajęciach, praca pisemna na wybrany temat, aktywność dyskusyjna podczas prezentacji innych osób.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K05, K_K01, K_K04</w:t>
+        <w:t xml:space="preserve">K_K01, K_K04, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>