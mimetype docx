--- v0 (2025-12-28)
+++ v1 (2026-01-29)
@@ -743,67 +743,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z referatów seminaryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W20, K_W18</w:t>
+        <w:t xml:space="preserve">K_W18, K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SD_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna aktualny stan techniki i tendencje rozwojowe dotyczące wybranego tematu dyplomu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1129,51 +1129,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SD_K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna możliwości dalszego kształcenia po uzyskaniu dyplomu inżyniera na Wydziale Mechatroniki PW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>