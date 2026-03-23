--- v1 (2026-01-29)
+++ v2 (2026-03-23)
@@ -1129,51 +1129,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SD_K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna możliwości dalszego kształcenia po uzyskaniu dyplomu inżyniera na Wydziale Mechatroniki PW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>