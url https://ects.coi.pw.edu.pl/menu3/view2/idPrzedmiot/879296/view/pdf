--- v0 (2025-12-28)
+++ v1 (2026-01-29)
@@ -914,67 +914,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ćwiczeń laboratoryjnych oraz wykonanego zadania projektowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U23, K_U02, K_U12, K_U19</w:t>
+        <w:t xml:space="preserve">K_U02, K_U12, K_U19, K_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MSI_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować prosty model odtwarzający wielkości procesowe przy wykorzystaniu sztucznej sieci neuronowej i/lub modelowania rozmytego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>