--- v1 (2026-01-29)
+++ v2 (2026-03-23)
@@ -984,67 +984,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ćwiczeń laboratoryjnych oraz wykonanego zadania projektowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MSI_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi rozwiązać proste zadanie optymalizacyjne przy wykorzystaniu algorytmów ewolucyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>