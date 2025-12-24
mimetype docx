--- v0 (2025-10-29)
+++ v1 (2025-12-24)
@@ -864,51 +864,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FI1_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna elementy mechaniki płynów a w tym: elementy statyki płynów (prawo Archimedesa i prawo Pascala) oraz dynamiki płynów (lepkość płynu i wzór Newtona, podział cieczy na newtonowskie i nienewtonowskie, klasyfikacja przepływów i liczba Reynoldsa, rodzaje oporów występujących w przepływach płynów). Zna równanie Bernoulliego i jego zastosowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1219,51 +1219,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FI1_U2: </w:t>
       </w:r>
     </w:p>