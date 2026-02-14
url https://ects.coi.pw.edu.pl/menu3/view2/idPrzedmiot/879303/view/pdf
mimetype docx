--- v1 (2025-12-24)
+++ v2 (2026-02-14)
@@ -1219,51 +1219,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FI1_U2: </w:t>
       </w:r>
     </w:p>