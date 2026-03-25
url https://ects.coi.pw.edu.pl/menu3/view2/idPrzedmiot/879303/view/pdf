--- v2 (2026-02-14)
+++ v3 (2026-03-25)
@@ -1004,51 +1004,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FI1_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma elementarną wiedzę z zakresu elektrodynamiki. W szczególności mam wiedzę z elektrostatyki w zakresie własności pola elektrycznego, zna prawo Coulomba i prawo Gaussa w postaci różniczkowej i całkowej. Zna równania Poissona i Laplace'a. Wie jakie są własności pola elektrycznego w dielektryku i zna zjawisko polaryzacji dielektrycznej. Ma wiedzę o podstawowych własnościach stałego pola magnetycznego. Zna pojęcie siły Lorenza oraz prawo Ampere'a dla prądów stałych i prądów zmiennych. Prawo indukcji Faradaya. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>