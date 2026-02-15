--- v0 (2025-12-30)
+++ v1 (2026-02-15)
@@ -1028,67 +1028,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FIZ2_W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie podstaw mechaniki kwantowej w ujęciu Schroedingera i fizyki statystycznej. Rozróżnia przykładowe układy fizyczne wymagające zastosowania mechaniki kwantowej od takich, dla których wystarczy stosować fizykę klasyczną. Rozpoznaje sytuacje wymagające stosowanie fizyki statystycznej. Zna najważniejsze eksperymenty, których przeprowadzenie doprowadziło do ujawnienia korpuskularno -falowej natury materii i powstania nowoczesnej mechaniki kwantowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1267,51 +1267,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">