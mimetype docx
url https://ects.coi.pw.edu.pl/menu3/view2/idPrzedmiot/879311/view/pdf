--- v1 (2026-02-15)
+++ v2 (2026-03-31)
@@ -832,51 +832,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FI2_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna kwantowy model atomu wodoropodobnego, interpretację fizyczną liczb kwantowych i odpowiadające im obserwable. Potrafi wyznaczyć konfigurację elektronową dla atomów wieloelektronowych. Rozumie związek pomiędzy konfiguracją elektronową a własnościami fizykochemicznymi (w szczególności magnety-cznymi). Rozumie strukturę układu okresowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1267,51 +1267,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">