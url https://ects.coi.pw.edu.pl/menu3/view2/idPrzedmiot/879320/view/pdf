--- v0 (2025-11-06)
+++ v1 (2025-12-29)
@@ -779,411 +779,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W16, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka POM _W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o cechach charakterystycznych obrazów medycznych i ocenie ich jakości.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawozdania z ćwiczenia laboratoryjnego analiza jakości obrazów medycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka POM _W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka POM_W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o cechach charakterystycznych obrazów medycznych i ocenie ich jakości.</w:t>
+        <w:t xml:space="preserve">Ma szczegółową wiedzę w zakresie tworzenia obrazów: w tomografii rentgenowskiej, magnetycznego rezonansu jądrowego, pozytonowej i pojedynczego fotonu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, sprawozdania z ćwiczenia laboratoryjnego analiza jakości obrazów medycznych.</w:t>
+        <w:t xml:space="preserve">Egzamin, sprawozdaniaz ćwiczeń laboratoryjnych: tomografia rentgenowska, magnetycznego rezonansu jądrowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14</w:t>
+        <w:t xml:space="preserve">K_W13, K_W16, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka POM_W01: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka POM _U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma szczegółową wiedzę w zakresie tworzenia obrazów: w tomografii rentgenowskiej, magnetycznego rezonansu jądrowego, pozytonowej i pojedynczego fotonu </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić pomiar i zanalizować obraz ultrasonograficzny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, sprawozdaniaz ćwiczeń laboratoryjnych: tomografia rentgenowska, magnetycznego rezonansu jądrowego</w:t>
+        <w:t xml:space="preserve">Raport z ćwiczenia laboratoryjnego pod tytułem "Ultrasonografia"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W16, K_W19</w:t>
+        <w:t xml:space="preserve">K_U06, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka POM _U02: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka POM _U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić pomiar i zanalizować obraz ultrasonograficzny.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić pomiar i zanalizować obrazy radiologiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Raport z ćwiczenia laboratoryjnego pod tytułem "Ultrasonografia"</w:t>
+        <w:t xml:space="preserve">Raport z ćwiczenia laboratoryjnego pod tytułem "Radiologia"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U17</w:t>
+        <w:t xml:space="preserve">K_U13, K_U16, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka POM _U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka POM _U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić pomiar i zanalizować obrazy radiologiczne.</w:t>
+        <w:t xml:space="preserve">Potrafi otrzymywać obrazy NMR z różnymi sekwencjami pomiarowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Raport z ćwiczenia laboratoryjnego pod tytułem "Radiologia"</w:t>
+        <w:t xml:space="preserve">Raport z ćwiczenia laboratoryjnego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U16, K_U17</w:t>
+        <w:t xml:space="preserve">K_U10, K_U16, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POM_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić pomiar i ocenić jakość odwzorowań scyntygraficznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>