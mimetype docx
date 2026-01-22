--- v1 (2025-12-29)
+++ v2 (2026-01-22)
@@ -763,67 +763,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawozdania z ćwiczeń laboratoryjnych: ultrasonografia i scyntygrafia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W16, K_W13</w:t>
+        <w:t xml:space="preserve">K_W13, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POM _W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o cechach charakterystycznych obrazów medycznych i ocenie ich jakości.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -983,67 +983,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z ćwiczenia laboratoryjnego pod tytułem "Ultrasonografia"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U17</w:t>
+        <w:t xml:space="preserve">K_U17, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POM _U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić pomiar i zanalizować obrazy radiologiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>