--- v0 (2025-10-24)
+++ v1 (2026-01-12)
@@ -775,67 +775,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian wiedzy przed rozpoczęciem zajęć laboratoryjnych, ocena realizacji zajęć laboratoryjnych, ocena sprawozdań z zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W14, K_W19</w:t>
+        <w:t xml:space="preserve">K_W14, K_W19, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RAD_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie powiązania zjawisk towarzyszących oddziaływaniu promieniowania z materią z rozwiązaniami konstrukcyjnymi aparatury rentgenowskiej oraz zasadę działania detektorów promieniowania jonizującego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>