--- v1 (2026-01-12)
+++ v2 (2026-01-13)
@@ -775,51 +775,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian wiedzy przed rozpoczęciem zajęć laboratoryjnych, ocena realizacji zajęć laboratoryjnych, ocena sprawozdań z zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W19, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W14, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>