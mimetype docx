--- v0 (2025-10-28)
+++ v1 (2026-01-08)
@@ -1216,51 +1216,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">bieżąca ocena aktywności i udziału w pracy nad rozwiązaniem zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>