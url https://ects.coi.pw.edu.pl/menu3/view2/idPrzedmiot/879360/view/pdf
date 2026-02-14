--- v1 (2026-01-08)
+++ v2 (2026-02-14)
@@ -792,475 +792,475 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna różnice między m plikiem skryptowym i funkcyjnym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna różnice między m plikiem skryptowym i funkcyjnym.</w:t>
+        <w:t xml:space="preserve">Umie wykorzystać środowisko MATLAB w celu napisania i uruchomienia kodu realizującego zadanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian</w:t>
+        <w:t xml:space="preserve">sprawdzian oraz bieżąca ocena sposobu rozwiązania zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie korzystać z systemu pomocy i zastosować wbudowane funkcje środowiska MATLAB </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian oraz bieżąca ocena sposobu rozwiązania zadań laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie, za pomocą narzędzia GUIDE, utworzyć prostą aplikację z graficznym interfejsem użytkownika.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian oraz bieżąca ocena sposobu rozwiązania zadań laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wykorzystać środowisko MATLAB w celu napisania i uruchomienia kodu realizującego zadanie.</w:t>
+        <w:t xml:space="preserve">Umie współpracować w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian oraz bieżąca ocena sposobu rozwiązania zadań laboratoryjnych</w:t>
+        <w:t xml:space="preserve">bieżąca ocena aktywności i udziału w pracy nad rozwiązaniem zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06</w:t>
+        <w:t xml:space="preserve">K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P6U_K</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie korzystać z systemu pomocy i zastosować wbudowane funkcje środowiska MATLAB </w:t>
+        <w:t xml:space="preserve">Ma świadomość odpowiedzialności za jakość realizowanych zadań przetwarzania danych medycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian oraz bieżąca ocena sposobu rozwiązania zadań laboratoryjnych</w:t>
+        <w:t xml:space="preserve">bieżąca ocena aktywności i udziału w pracy nad rozwiązaniem zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">K_K04, K_K03</w:t>
+        <w:t xml:space="preserve">K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>