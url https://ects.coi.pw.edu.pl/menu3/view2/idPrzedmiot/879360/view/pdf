--- v2 (2026-02-14)
+++ v3 (2026-03-21)
@@ -792,121 +792,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna różnice między m plikiem skryptowym i funkcyjnym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>