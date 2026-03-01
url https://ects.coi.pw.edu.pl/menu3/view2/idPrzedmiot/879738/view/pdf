--- v0 (2025-12-30)
+++ v1 (2026-03-01)
@@ -844,287 +844,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W12, K_W16, K_W17</w:t>
+        <w:t xml:space="preserve">K_W12, K_W16, K_W17, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ASJ_nst_W03  : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat budowy i obsługi portu równoległego i szeregowego komputera PC. Wie jak wykorzystać porty komputera do akwizycji sygnałów binarnych i sterowania mikrosilnikami. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W07, K_W08, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ASJ_nst_W03  : </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ASJ_nst_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat budowy i obsługi portu równoległego i szeregowego komputera PC. Wie jak wykorzystać porty komputera do akwizycji sygnałów binarnych i sterowania mikrosilnikami. </w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się aparaturą do pomiaru mikro- i makrostruktury powierzchni elementów konstrukcyjnych, obejmującą profilometry, konturografy oraz uniwersalne maszyny do pomiaru odchyłek kształtu. Umie ustalić optymalną strategię pomiarową, przygotować elementy do pomiarów, dobrać właściwe nastawy przyrządu i parametry pomiaru. Wykazuje się sprawnością w interpretacji uzyskanych wyników, potrafi oszacować ich niepewność.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W07, K_W08, K_W09</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U13, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ASJ_nst_U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ASJ_nst_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się aparaturą do pomiaru mikro- i makrostruktury powierzchni elementów konstrukcyjnych, obejmującą profilometry, konturografy oraz uniwersalne maszyny do pomiaru odchyłek kształtu. Umie ustalić optymalną strategię pomiarową, przygotować elementy do pomiarów, dobrać właściwe nastawy przyrządu i parametry pomiaru. Wykazuje się sprawnością w interpretacji uzyskanych wyników, potrafi oszacować ich niepewność.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie wykonać obliczenia wybranych elementów geometrycznych skojarzonych według kryterium Gaussa oraz wyznaczyć miary liczbowe niedokładności badanych powierzchni. Umie obliczyć składowe harmoniczne widma profilu i oszacować ich wpływ na pracę elementu w zmontowanym zespole. Na podstawie wyników pomiaru geometrii krzywek umie wyznaczyć chwilowe prędkości i przyspieszenia popychaczy. Potrafi dobrać odpowiednie formy graficzne do zilustrowania uzyskanych wyników pomiaru oraz oszacować niepewność pomiaru wyznaczonych parametrów.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i sprawozdań z ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U11, K_U13, K_U15</w:t>
+        <w:t xml:space="preserve">K_U22, K_U10, K_U11, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ_nst_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać porty komputera PC do akwizycji danych pomiarowych  oraz  zaprogramować mikrokontroler do transmisji sygnałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>