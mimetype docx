--- v0 (2026-02-09)
+++ v1 (2026-03-22)
@@ -792,51 +792,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W05, K2_W08, K2_W09, K2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student nabywa wiedzę z zagadnień prawnych związanych z bezpieczeństwem procesowym, bhp produkcji, ppoż., czystości pomieszczeń i substancji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -996,137 +996,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, wykonanie projektu, referat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U13, K2_U12</w:t>
+        <w:t xml:space="preserve">K2_U12, K2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wykorzystać narzędzia do obliczeń inżynierskich i świadomie dokonywać ich wyboru w zależności od rozwiązywanego problemu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>