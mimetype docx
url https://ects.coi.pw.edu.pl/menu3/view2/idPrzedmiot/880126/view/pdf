--- v0 (2025-12-24)
+++ v1 (2026-01-13)
@@ -826,51 +826,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona wyników opracowanego projektu zwłaszcza przy wykorzystaniu gotowych bloków dynamicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W13, K_W07, K_W08</w:t>
+        <w:t xml:space="preserve">K_W01, K_W07, K_W08, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja i obrona przedstawionego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U07</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U07, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, P7U_U, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MISOMS_1: </w:t>
       </w:r>
     </w:p>