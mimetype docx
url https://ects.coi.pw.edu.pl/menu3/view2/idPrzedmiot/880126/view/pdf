--- v1 (2026-01-13)
+++ v2 (2026-02-03)
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja i obrona przedstawionego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U07, K_U02</w:t>
+        <w:t xml:space="preserve">K_U03, K_U07, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, P7U_U, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MISOMS_1: </w:t>
       </w:r>
     </w:p>