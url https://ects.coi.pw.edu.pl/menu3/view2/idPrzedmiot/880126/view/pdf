--- v2 (2026-02-03)
+++ v3 (2026-03-01)
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja i obrona przedstawionego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U07, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, P7U_U, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MISOMS_1: </w:t>
       </w:r>
     </w:p>