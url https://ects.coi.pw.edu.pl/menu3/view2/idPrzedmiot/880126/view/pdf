--- v3 (2026-03-01)
+++ v4 (2026-03-23)
@@ -756,67 +756,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zdaje egzamin, przygotowuje oraz broni wyniki wykonanego projektu  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W07</w:t>
+        <w:t xml:space="preserve">K_W02, K_W07, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MISOM_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę i zrozumienie stosowania mechnizmów analogii w modelowaniu dynamiki procesów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja i obrona przedstawionego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U07</w:t>
+        <w:t xml:space="preserve">K_U03, K_U07, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, P7U_U, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MISOMS_1: </w:t>
       </w:r>
     </w:p>