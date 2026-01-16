--- v0 (2025-12-26)
+++ v1 (2026-01-16)
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja i raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W08, K_W09</w:t>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1033,51 +1033,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja i raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>