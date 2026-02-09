--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja i raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W08, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1183,51 +1183,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja i raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K02, K_K03</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>