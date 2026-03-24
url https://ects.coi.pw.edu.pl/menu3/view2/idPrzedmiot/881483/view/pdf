--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -963,87 +963,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja i raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka GP.NMK105_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi pracować indywidualnie i w zespole; umie oszacować czas potrzebny na realizację zleconego zadania; potrafi opracować i zrealizować harmonogram prac zapewniający dotrzymanie terminów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Prezentacja i raport</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka GP.NMK105_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka GP.NMK105_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi pracować indywidualnie i w zespole; umie oszacować czas potrzebny na realizację zleconego zadania; potrafi opracować i zrealizować harmonogram prac zapewniający dotrzymanie terminów</w:t>
+        <w:t xml:space="preserve">umie przygotować wystąpienia ustne z wykorzystaniem rożnych środków komunikacji werbalnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja i raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1054,180 +1124,110 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka GP.NMK105_U3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka GP.NMK105_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie przygotować wystąpienia ustne z wykorzystaniem rożnych środków komunikacji werbalnej</w:t>
+        <w:t xml:space="preserve">ma wyrobioną świadomość zawodową społecznej odpowiedzialności przy ocenie i w podejmowaniu decyzji w zakresie planowania przestrzennego prowadzonego w różnych skalach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja i raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">K_K02, K_K03, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>