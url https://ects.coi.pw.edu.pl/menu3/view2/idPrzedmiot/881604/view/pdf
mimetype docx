--- v0 (2025-12-26)
+++ v1 (2026-02-08)
@@ -970,51 +970,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W20, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>