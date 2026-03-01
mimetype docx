--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -970,51 +970,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W20, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1040,51 +1040,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_W20, IS_W06, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1120,51 +1120,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U22, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>