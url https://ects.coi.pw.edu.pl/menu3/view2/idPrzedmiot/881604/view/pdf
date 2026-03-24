--- v2 (2026-03-01)
+++ v3 (2026-03-24)
@@ -830,51 +830,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1040,51 +1040,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W06, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1120,51 +1120,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U22, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>