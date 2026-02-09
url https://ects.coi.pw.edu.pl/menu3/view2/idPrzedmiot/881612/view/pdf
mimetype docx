--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -814,51 +814,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W03, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>