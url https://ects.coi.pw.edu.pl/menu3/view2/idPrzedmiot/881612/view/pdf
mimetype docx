--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -814,51 +814,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W03</w:t>
+        <w:t xml:space="preserve">IS_W03, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1037,51 +1037,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U16, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U21, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>