--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -735,51 +735,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, wykonanie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W08, K_W09, K_W03, K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_W03, K_W02, K_W04, K_W05, K_W08, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>