--- v1 (2026-02-08)
+++ v2 (2026-02-28)
@@ -735,51 +735,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, wykonanie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W02, K_W04, K_W05, K_W08, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W03, K_W02, K_W04, K_W05, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>