--- v0 (2026-02-08)
+++ v1 (2026-03-01)
@@ -853,67 +853,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, referat, sprawozdanie, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U11, K1_U01, K1_U05</w:t>
+        <w:t xml:space="preserve">K1_U01, K1_U05, K1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi oczyścić prosty związek chemiczny zarówno występujący w formie stałej jak i ciekłej. Potrafi wstępnie ocenić jego czystość na podstawie podstawowych danych fizykochemicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -923,51 +923,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, referat, sprawozdanie, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U05, K1_U08</w:t>
+        <w:t xml:space="preserve">K1_U08, K1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>