--- v1 (2026-03-01)
+++ v2 (2026-03-23)
@@ -869,51 +869,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U01, K1_U05, K1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi oczyścić prosty związek chemiczny zarówno występujący w formie stałej jak i ciekłej. Potrafi wstępnie ocenić jego czystość na podstawie podstawowych danych fizykochemicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -923,51 +923,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, referat, sprawozdanie, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U08, K1_U05</w:t>
+        <w:t xml:space="preserve">K1_U05, K1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>