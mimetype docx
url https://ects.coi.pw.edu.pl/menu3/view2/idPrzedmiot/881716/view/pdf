--- v0 (2026-01-16)
+++ v1 (2026-03-01)
@@ -855,341 +855,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do sporządzania bilansów masy, składników, pędu i energii                        z uwzględnieniem zjawisk przenoszenia pędu, masy i energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny, referat, sprawozdanie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę niezbędną do sporządzania bilansów masy, składników, pędu i energii                        z uwzględnieniem zjawisk przenoszenia pędu, masy i energii.</w:t>
+        <w:t xml:space="preserve">Potrafi korzystać z wszelkiego rodzaju informacji i je analizować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny, referat, sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W07</w:t>
+        <w:t xml:space="preserve">K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi korzystać z wszelkiego rodzaju informacji i je analizować.</w:t>
+        <w:t xml:space="preserve">Potrafi prowadzić badania i analizować uzyskane wyniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny, referat, sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U01</w:t>
+        <w:t xml:space="preserve">K1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi prowadzić badania i analizować uzyskane wyniki.</w:t>
+        <w:t xml:space="preserve">Ma umiejętności w tworzeniu relacji międzyludzkich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian pisemny, referat, sprawozdanie</w:t>
+        <w:t xml:space="preserve">referat, sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U05</w:t>
+        <w:t xml:space="preserve">K1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>