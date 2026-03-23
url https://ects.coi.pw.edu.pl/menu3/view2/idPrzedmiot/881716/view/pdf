--- v1 (2026-03-01)
+++ v2 (2026-03-23)
@@ -855,51 +855,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę niezbędną do sporządzania bilansów masy, składników, pędu i energii                        z uwzględnieniem zjawisk przenoszenia pędu, masy i energii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>