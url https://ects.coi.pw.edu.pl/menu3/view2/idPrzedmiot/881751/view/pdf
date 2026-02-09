--- v0 (2026-01-16)
+++ v1 (2026-02-09)
@@ -857,201 +857,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada ogólną wiedzę o najnowszych metodach i technologiach badania układów rozproszonych w obszarze inżynierii chemicznej i procesowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny, referat, dyskusja</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada ogólną wiedzę o najnowszych metodach i technologiach badania układów rozproszonych w obszarze inżynierii chemicznej i procesowej.</w:t>
+        <w:t xml:space="preserve">Potrafi korzystać z dostępnych tematycznych informacji i je analizować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian pisemny, referat, dyskusja</w:t>
+        <w:t xml:space="preserve">referat, praca domowa, dyskusja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W12</w:t>
+        <w:t xml:space="preserve">K1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętności językowe zgodne z wymaganiami przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>