--- v1 (2026-02-09)
+++ v2 (2026-03-22)
@@ -857,51 +857,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada ogólną wiedzę o najnowszych metodach i technologiach badania układów rozproszonych w obszarze inżynierii chemicznej i procesowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>