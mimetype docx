--- v0 (2025-10-30)
+++ v1 (2025-12-01)
@@ -796,341 +796,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W01, K1_W02, K1_W03, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do obliczeń złożonych równowag fazowych i chemicznych. Posiada wiedzę o korzyściach płynących z integracji procesów, w tym synergicznego oddziaływania integrowanych procesów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny, praca domowa, dyskusja, seminarium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę niezbędną do obliczeń złożonych równowag fazowych i chemicznych. Posiada wiedzę o korzyściach płynących z integracji procesów, w tym synergicznego oddziaływania integrowanych procesów.</w:t>
+        <w:t xml:space="preserve">Ma umiejętności samokształcenia się. Posiada umiejętność korzystania ze źródeł literaturowych oraz zasobów internetowych opracowywanego tematu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">praca domowa, dyskusja, seminarium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U01, K1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się podstawowymi programami komputerowymi oraz potrafi przygotować własne proste programy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">praca domowa, dyskusja, seminarium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować przebieg procesów chemicznych w reaktorach adsorpcyjnych                                    i chromatograficznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny, praca domowa, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W06</w:t>
+        <w:t xml:space="preserve">K1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...148 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>