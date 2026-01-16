--- v1 (2025-12-01)
+++ v2 (2026-01-16)
@@ -796,51 +796,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W01, K1_W02, K1_W03, K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę niezbędną do obliczeń złożonych równowag fazowych i chemicznych. Posiada wiedzę o korzyściach płynących z integracji procesów, w tym synergicznego oddziaływania integrowanych procesów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -946,51 +946,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U01, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UU, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się podstawowymi programami komputerowymi oraz potrafi przygotować własne proste programy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>