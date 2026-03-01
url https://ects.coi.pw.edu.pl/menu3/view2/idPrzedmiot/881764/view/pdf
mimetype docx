--- v2 (2026-01-16)
+++ v3 (2026-03-01)
@@ -780,217 +780,217 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny, praca domowa, dyskusja, seminarium
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W01, K1_W02, K1_W03, K1_W04</w:t>
+        <w:t xml:space="preserve">K1_W03, K1_W04, K1_W01, K1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do obliczeń złożonych równowag fazowych i chemicznych. Posiada wiedzę o korzyściach płynących z integracji procesów, w tym synergicznego oddziaływania integrowanych procesów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny, praca domowa, dyskusja, seminarium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę niezbędną do obliczeń złożonych równowag fazowych i chemicznych. Posiada wiedzę o korzyściach płynących z integracji procesów, w tym synergicznego oddziaływania integrowanych procesów.</w:t>
+        <w:t xml:space="preserve">Ma umiejętności samokształcenia się. Posiada umiejętność korzystania ze źródeł literaturowych oraz zasobów internetowych opracowywanego tematu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian pisemny, praca domowa, dyskusja, seminarium</w:t>
+        <w:t xml:space="preserve">praca domowa, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_W06</w:t>
+        <w:t xml:space="preserve">K1_U01, K1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UU, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się podstawowymi programami komputerowymi oraz potrafi przygotować własne proste programy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>