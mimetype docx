--- v0 (2026-01-16)
+++ v1 (2026-02-08)
@@ -1933,191 +1933,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe technologie energetyki odnawialnej: woda, wiatr, biomasa, słońce, geotermia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe technologie energetyki odnawialnej: woda, wiatr, biomasa, słońce, geotermia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W10</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>