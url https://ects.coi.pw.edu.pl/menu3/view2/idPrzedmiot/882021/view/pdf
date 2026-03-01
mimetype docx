--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -743,1381 +743,1381 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe zagrożenia dla środowiska wynikające z rozwoju demograficznego i technologicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe zagrożenia dla środowiska wynikające z rozwoju demograficznego i technologicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe zagrożenia dla środowiska wynikające z rozwoju demograficznego i technologicznego.</w:t>
+        <w:t xml:space="preserve">Posiada elementarną wiedzę o wpływie instalacji przemysłowych, w tym: energetycznych oraz transportu (lotniczego) na podstawowe elementy środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada elementarną wiedzę o wpływie instalacji przemysłowych, w tym: energetycznych oraz transportu (lotniczego) na podstawowe elementy środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe zagrożenia dla środowiska wynikające z rozwoju demograficznego i technologicznego.</w:t>
+        <w:t xml:space="preserve">Zna rodzaje pospolitych zanieczyszczeń powietrza oraz ich szkodliwość: SO2, NOX, CO, sadza, węglowodory, CO2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe informacje o mechanizmach rozprzestrzeniania się zanieczyszczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe informacje o mechanizmach rozprzestrzeniania się zanieczyszczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W31</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada elementarną wiedzę o wpływie instalacji przemysłowych, w tym: energetycznych oraz transportu (lotniczego) na podstawowe elementy środowiska.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe problemy związane z systemem finansowania ochrony środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia</w:t>
+        <w:t xml:space="preserve">Kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe problemy związane z systemem finansowania ochrony środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe grupy metod ochrony środowiska w przemyśle i transporcie (atmosfera, hydrosfera, litosfera, promieniowanie, hałas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada elementarną wiedzę o wpływie instalacji przemysłowych, w tym: energetycznych oraz transportu (lotniczego) na podstawowe elementy środowiska.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe grupy metod ochrony środowiska w przemyśle i transporcie (atmosfera, hydrosfera, litosfera, promieniowanie, hałas).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia</w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna rodzaje pospolitych zanieczyszczeń powietrza oraz ich szkodliwość: SO2, NOX, CO, sadza, węglowodory, CO2.</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę o wybranych technologiach ochrony powietrza, utylizacji odpadów przemysłowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia</w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma ogólną wiedzę o wybranych technologiach ochrony powietrza, utylizacji odpadów przemysłowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe informacje o mechanizmach rozprzestrzeniania się zanieczyszczeń.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe technologie energetyki odnawialnej: woda, wiatr, biomasa, słońce, geotermia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia</w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe informacje o mechanizmach rozprzestrzeniania się zanieczyszczeń.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe technologie energetyki odnawialnej: woda, wiatr, biomasa, słońce, geotermia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia</w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe technologie energetyki odnawialnej: woda, wiatr, biomasa, słońce, geotermia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia</w:t>
+        <w:t xml:space="preserve">Kolokwia, praca na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W10</w:t>
-[...698 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_W18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>