--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -743,50 +743,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe zagrożenia dla środowiska wynikające z rozwoju demograficznego i technologicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -842,58 +912,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe zagrożenia dla środowiska wynikające z rozwoju demograficznego i technologicznego.</w:t>
+        <w:t xml:space="preserve">Posiada elementarną wiedzę o wpływie instalacji przemysłowych, w tym: energetycznych oraz transportu (lotniczego) na podstawowe elementy środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -953,87 +1023,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna rodzaje pospolitych zanieczyszczeń powietrza oraz ich szkodliwość: SO2, NOX, CO, sadza, węglowodory, CO2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe informacje o mechanizmach rozprzestrzeniania się zanieczyszczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada elementarną wiedzę o wpływie instalacji przemysłowych, w tym: energetycznych oraz transportu (lotniczego) na podstawowe elementy środowiska.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe informacje o mechanizmach rozprzestrzeniania się zanieczyszczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1052,442 +1262,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW109_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna rodzaje pospolitych zanieczyszczeń powietrza oraz ich szkodliwość: SO2, NOX, CO, sadza, węglowodory, CO2.</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW109_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o międzynarodowych i krajowych regulacjach prawnych z zakresu ochrony środowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">E1_W31</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>