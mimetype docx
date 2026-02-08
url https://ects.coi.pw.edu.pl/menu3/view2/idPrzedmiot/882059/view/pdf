--- v0 (2026-01-13)
+++ v1 (2026-02-08)
@@ -751,50 +751,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">										Ma elementarną wiedzę na temat pojęć, terminów i wielkości używanych w teorii wymiany masy.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -990,372 +1060,302 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">										Ma elementarną wiedzę na temat pojęć, terminów i wielkości używanych w teorii wymiany masy.																		</w:t>
+        <w:t xml:space="preserve">									Ma podstawową wiedzę w zakresie zerowymiarowych obliczeń absorberów oraz typowych rzeczywistych konstrukcji absorberów.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W02</w:t>
+        <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">									Ma podstawową wiedzę w zakresie zerowymiarowych obliczeń absorberów oraz typowych rzeczywistych konstrukcji absorberów.																			</w:t>
+        <w:t xml:space="preserve">																Ma elementarną wiedzę na temat konstrukcji i obliczeń wymienników masy typu adsorber.																										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Ma elementarną wiedzę na temat konstrukcji i obliczeń wymienników masy typu adsorber.																										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Ma elementarną wiedzę na temat konstrukcji i obliczeń wymienników masy typu adsorber.																										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>