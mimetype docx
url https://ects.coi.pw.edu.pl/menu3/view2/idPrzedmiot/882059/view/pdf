--- v1 (2026-02-08)
+++ v2 (2026-02-28)
@@ -1171,50 +1171,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Ma elementarną wiedzę na temat konstrukcji i obliczeń wymienników masy typu adsorber.																										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1242,120 +1312,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>