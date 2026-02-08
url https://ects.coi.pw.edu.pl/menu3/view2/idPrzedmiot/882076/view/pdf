--- v0 (2026-01-11)
+++ v1 (2026-02-08)
@@ -888,105 +888,245 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena pracy grupowej (zadania na zajęciach).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę o zasadach eksploatacji urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy grupowej (zadania na zajęciach).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK364_W2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Test, ocena pracy grupowej (zadania na zajęciach).</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna normy branżowe i procedury eksploatacyjne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy grupowej (praca na zajęciach) i projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna normy branżowe i procedury eksploatacyjne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy grupowej (praca na zajęciach) i projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1028,561 +1168,421 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy grupowej (praca na zajęciach) i projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody analizy techniczno-ekonomicznej inwestycji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy na zajęciach (zadanie - praca w grupie).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody analizy techniczno-ekonomicznej inwestycji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy na zajęciach (zadanie - praca w grupie).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zagadnienia eksploatacji i kosztów podstawowych typów bloków energetycznych oraz zna systemy informatyczne wspomagające eksploatację i procedury remontowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy grupowej na zajęciach, projekt (zadanie domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK364_W3: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Ocena pracy grupowej (praca na zajęciach) i projektu.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zagadnienia eksploatacji i kosztów podstawowych typów bloków energetycznych oraz zna systemy informatyczne wspomagające eksploatację i procedury remontowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy grupowej na zajęciach, projekt (zadanie domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W26</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zagadnienia eksploatacji i kosztów podstawowych typów bloków energetycznych oraz zna systemy informatyczne wspomagające eksploatację i procedury remontowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy grupowej na zajęciach, projekt (zadanie domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...418 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
@@ -1598,50 +1598,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry eksploatacyjne urządzeń energetycznych i potrafi obliczyć efektywność modernizacji urządzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry eksploatacyjne urządzeń energetycznych i potrafi obliczyć efektywność modernizacji urządzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry eksploatacyjne urządzeń energetycznych i potrafi obliczyć efektywność modernizacji urządzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2047,216 +2257,286 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK364_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Test, ocena pracy na zajęciach. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -2298,50 +2578,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK364_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązać typowe zagadnienia inżynierskie związane z eksploatacją urządzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2649,540 +3139,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektów (zadania domowe).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>