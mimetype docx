--- v0 (2026-01-13)
+++ v1 (2026-02-09)
@@ -1605,50 +1605,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania koncepcyjne 1, zadania obliczeniowe 3, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania efektywności energetycznej i redukcji emisji pomp ciepła i kompleksowych systemów grzewczych z pompą ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 1, zadania obliczeniowe 3, kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania efektywności energetycznej i redukcji emisji pomp ciepła i kompleksowych systemów grzewczych z pompą ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 1, zadania obliczeniowe 3, kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1906,190 +2046,50 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...138 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS540_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
@@ -3505,50 +3505,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania koncepcyjne 3, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi przeprowadzić analizę techniczną i ekonomiczną możliwości współpracy systemów grzewczych mono i biwalentnych z pompą ciepła przy wykorzystaniu innych odnawialnych i konwencjonalnych urządzeń/ źródeł ciepła.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 3, kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi przeprowadzić analizę techniczną i ekonomiczną możliwości współpracy systemów grzewczych mono i biwalentnych z pompą ciepła przy wykorzystaniu innych odnawialnych i konwencjonalnych urządzeń/ źródeł ciepła.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 3, kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -3716,190 +3856,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania koncepcyjne 3, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U17</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>