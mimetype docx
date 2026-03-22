--- v1 (2026-02-09)
+++ v2 (2026-03-22)
@@ -1605,50 +1605,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania koncepcyjne 1, zadania obliczeniowe 3, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania efektywności energetycznej i redukcji emisji pomp ciepła i kompleksowych systemów grzewczych z pompą ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 1, zadania obliczeniowe 3, kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania efektywności energetycznej i redukcji emisji pomp ciepła i kompleksowych systemów grzewczych z pompą ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 1, zadania obliczeniowe 3, kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania efektywności energetycznej i redukcji emisji pomp ciepła i kompleksowych systemów grzewczych z pompą ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 1, zadania obliczeniowe 3, kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1836,260 +2046,50 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...208 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS540_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
@@ -2595,1311 +2595,1311 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wymiarować pompy ciepła i dokonywać wyboru źródeł ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wymiarować pompy ciepła i dokonywać wyboru źródeł ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wymiarować pompy ciepła i dokonywać wyboru źródeł ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wymiarować pompy ciepła i dokonywać wyboru źródeł ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wymiarować pompy ciepła i dokonywać wyboru źródeł ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wymiarować pompy ciepła i dokonywać wyboru źródeł ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS540_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować efektywność działania pomp ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 2, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować efektywność działania pomp ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 2, kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS540_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować efektywność działania pomp ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 2, kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS540_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować efektywność działania pomp ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 2, kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS540_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować efektywność działania pomp ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 2, kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS540_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować efektywność działania pomp ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 2, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi przeprowadzić analizę techniczną i ekonomiczną możliwości współpracy systemów grzewczych mono i biwalentnych z pompą ciepła przy wykorzystaniu innych odnawialnych i konwencjonalnych urządzeń/ źródeł ciepła.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 3, kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi przeprowadzić analizę techniczną i ekonomiczną możliwości współpracy systemów grzewczych mono i biwalentnych z pompą ciepła przy wykorzystaniu innych odnawialnych i konwencjonalnych urządzeń/ źródeł ciepła.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 3, kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi przeprowadzić analizę techniczną i ekonomiczną możliwości współpracy systemów grzewczych mono i biwalentnych z pompą ciepła przy wykorzystaniu innych odnawialnych i konwencjonalnych urządzeń/ źródeł ciepła.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 3, kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi przeprowadzić analizę techniczną i ekonomiczną możliwości współpracy systemów grzewczych mono i biwalentnych z pompą ciepła przy wykorzystaniu innych odnawialnych i konwencjonalnych urządzeń/ źródeł ciepła.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 3, kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi przeprowadzić analizę techniczną i ekonomiczną możliwości współpracy systemów grzewczych mono i biwalentnych z pompą ciepła przy wykorzystaniu innych odnawialnych i konwencjonalnych urządzeń/ źródeł ciepła.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 3, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS540_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi przeprowadzić analizę techniczną i ekonomiczną możliwości współpracy systemów grzewczych mono i biwalentnych z pompą ciepła przy wykorzystaniu innych odnawialnych i konwencjonalnych urządzeń/ źródeł ciepła.										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 3, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
-      </w:r>
-[...838 lines deleted...]
-        <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>