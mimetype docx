--- v0 (2026-01-16)
+++ v1 (2026-02-09)
@@ -881,261 +881,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna najlepsze dostępne technologie ochrony środowiska skojarzone z podstawowymi technologiami energetycznymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna najlepsze dostępne technologie ochrony środowiska skojarzone z podstawowymi technologiami energetycznymi.</w:t>
+        <w:t xml:space="preserve">Zna zasady tworzenia oraz orientacyjny poziom standardów emisyjnych kojarząc to z możliwościami technologii redukcji emisji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady tworzenia oraz orientacyjny poziom standardów emisyjnych kojarząc to z możliwościami technologii redukcji emisji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>