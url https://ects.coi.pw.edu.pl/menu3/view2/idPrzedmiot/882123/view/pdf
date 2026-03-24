--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -741,157 +741,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna mechanizmy i źródła zagrożeń ekologicznych z instalacji energetycznych działających według standardowych technologii energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna mechanizmy i źródła zagrożeń ekologicznych z instalacji energetycznych działających według standardowych technologii energetycznych.</w:t>
+        <w:t xml:space="preserve">Zna najlepsze dostępne technologie ochrony środowiska skojarzone z podstawowymi technologiami energetycznymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna najlepsze dostępne technologie ochrony środowiska skojarzone z podstawowymi technologiami energetycznymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna najlepsze dostępne technologie ochrony środowiska skojarzone z podstawowymi technologiami energetycznymi.</w:t>
+        <w:t xml:space="preserve">Zna zasady tworzenia oraz orientacyjny poziom standardów emisyjnych kojarząc to z możliwościami technologii redukcji emisji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -910,232 +1050,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS566A _W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna najlepsze dostępne technologie ochrony środowiska skojarzone z podstawowymi technologiami energetycznymi.</w:t>
+        <w:t xml:space="preserve">Zna zasady tworzenia oraz orientacyjny poziom standardów emisyjnych kojarząc to z możliwościami technologii redukcji emisji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test/kolokwium zaliczeniowe, ocena pracy studentów na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>