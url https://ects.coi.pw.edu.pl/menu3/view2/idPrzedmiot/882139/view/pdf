--- v0 (2026-01-16)
+++ v1 (2026-02-10)
@@ -1169,121 +1169,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna materiały żaroodporne stosowane w turbinach gazowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna materiały żaroodporne stosowane w turbinach gazowych.</w:t>
+        <w:t xml:space="preserve">Zna sposoby chłodzenia łopatek turbiny gazowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W07</w:t>
+        <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1309,471 +1379,401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W11</w:t>
+        <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby chłodzenia łopatek turbiny gazowej.</w:t>
+        <w:t xml:space="preserve">Zna typy układów gazowo-parowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna typy układów gazowo-parowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna typy układów gazowo-parowych.</w:t>
+        <w:t xml:space="preserve">Zna charakterystyki i osiągi układów z kotłem odzysknicowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna charakterystyki i osiągi układów z kotłem odzysknicowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna charakterystyki i osiągi układów z kotłem odzysknicowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W13</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>