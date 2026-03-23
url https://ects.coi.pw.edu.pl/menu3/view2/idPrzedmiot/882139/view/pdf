--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -1589,191 +1589,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna charakterystyki i osiągi układów z kotłem odzysknicowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna charakterystyki i osiągi układów z kotłem odzysknicowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>