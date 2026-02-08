--- v0 (2026-01-11)
+++ v1 (2026-02-08)
@@ -752,551 +752,551 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekty.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK466A_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna podstawy techniki lotniczej.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK466A_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK466A_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna podstawy techniki lotniczej.						</w:t>
+        <w:t xml:space="preserve">							Student zna międzynarodowe umiejscowienie lotnictwa oraz podstawowe akty prawne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, projekty.</w:t>
+        <w:t xml:space="preserve">Prezentacja.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK466A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student wie jak przeprowadzić analizę trendów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK466A_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK466A_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna międzynarodowe umiejscowienie lotnictwa oraz podstawowe akty prawne.							</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić analizę trendów.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Prezentacja.</w:t>
+        <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W20</w:t>
+        <w:t xml:space="preserve">LiK1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK466A_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK466A_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student wie jak przeprowadzić analizę trendów.						</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić analizę trendów.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Projekt 1.</w:t>
+        <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W17</w:t>
+        <w:t xml:space="preserve">LiK1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK466A_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK466A_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić analizę trendów.						</w:t>
+        <w:t xml:space="preserve">														Student potrafi przygotować i przedstawić krótką prezentację poświęconą wynikom realizacji zadania inżynierskiego z zakresu lotnictwa.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Projekt.</w:t>
+        <w:t xml:space="preserve">Projekt - prezentacja.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U01</w:t>
+        <w:t xml:space="preserve">LiK1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK466A_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK466A_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić analizę trendów.						</w:t>
+        <w:t xml:space="preserve">														Student potrafi przygotować i przedstawić krótką prezentację poświęconą wynikom realizacji zadania inżynierskiego z zakresu lotnictwa.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Projekt.</w:t>
+        <w:t xml:space="preserve">Projekt - prezentacja.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U03</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U02</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>