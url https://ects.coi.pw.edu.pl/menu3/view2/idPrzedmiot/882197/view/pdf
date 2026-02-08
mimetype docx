--- v1 (2026-01-17)
+++ v2 (2026-02-08)
@@ -892,121 +892,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK690_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							 Posiada pogłębioną i ugruntowaną wiedzę na temat co najmniej jednego z trzech nowoczesnych, zaawansowanych, zintegrowanych systemów CAD/CAM/CAE (NX-Unigraphics, CATIA, ProEngineer-CREO) w tym: na temat jego budowy, przeznaczenia poszczególnych modułów stosowanych w inżynierii mechanicznej, możliwości i koncepcji użytkowania. W szczególności posiada podstawową wiedzę na temat możliwości wykorzystania wybranego systemu do wykonywania wirtualnych modeli 3D złożeń i ich elementów składowych oraz ich dokumentacji technicznej 2D.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W06</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>