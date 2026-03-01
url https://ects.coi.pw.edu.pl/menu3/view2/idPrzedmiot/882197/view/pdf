--- v2 (2026-02-08)
+++ v3 (2026-03-01)
@@ -892,761 +892,761 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK690_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							 Posiada pogłębioną i ugruntowaną wiedzę na temat co najmniej jednego z trzech nowoczesnych, zaawansowanych, zintegrowanych systemów CAD/CAM/CAE (NX-Unigraphics, CATIA, ProEngineer-CREO) w tym: na temat jego budowy, przeznaczenia poszczególnych modułów stosowanych w inżynierii mechanicznej, możliwości i koncepcji użytkowania. W szczególności posiada podstawową wiedzę na temat możliwości wykorzystania wybranego systemu do wykonywania wirtualnych modeli 3D złożeń i ich elementów składowych oraz ich dokumentacji technicznej 2D.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK690_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK690_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							 Posiada pogłębioną i ugruntowaną wiedzę na temat co najmniej jednego z trzech nowoczesnych, zaawansowanych, zintegrowanych systemów CAD/CAM/CAE (NX-Unigraphics, CATIA, ProEngineer-CREO) w tym: na temat jego budowy, przeznaczenia poszczególnych modułów stosowanych w inżynierii mechanicznej, możliwości i koncepcji użytkowania. W szczególności posiada podstawową wiedzę na temat możliwości wykorzystania wybranego systemu do wykonywania wirtualnych modeli 3D złożeń i ich elementów składowych oraz ich dokumentacji technicznej 2D.																		</w:t>
+        <w:t xml:space="preserve">							 Potrafi posługiwać się na poziomie podstawowym wybranym zintegrowanym systemem CAD/CAM/CAE na przykładzie jednego z trzech: NX- Unigraphics, CATIA lub ProEngineer-CREO. W szczególności potrafi praktycznie zastosować wybrany system w zakresie: modelowania na płaszczyźnie (zbiory punktów, krzywe płaskie – w tym krzywe typu „spline”, wykorzystanie sparametryzowanego szkicownika); modelowania 3D, w tym tworzenia modeli 3D pojedynczych obiektów (prostych komponentów maszyn i urządzeń).																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W06</w:t>
+        <w:t xml:space="preserve">LiK1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK690_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							 Potrafi posługiwać się na poziomie podstawowym wybranym zintegrowanym systemem CAD/CAM/CAE na przykładzie jednego z trzech: NX- Unigraphics, CATIA lub ProEngineer-CREO. W szczególności potrafi praktycznie zastosować wybrany system w zakresie: modelowania na płaszczyźnie (zbiory punktów, krzywe płaskie – w tym krzywe typu „spline”, wykorzystanie sparametryzowanego szkicownika); modelowania 3D, w tym tworzenia modeli 3D pojedynczych obiektów (prostych komponentów maszyn i urządzeń).																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK690_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							 Potrafi posługiwać się na poziomie podstawowym wybranym zintegrowanym systemem CAD/CAM/CAE na przykładzie jednego z trzech: NX- Unigraphics, CATIA lub ProEngineer-CREO. W szczególności potrafi praktycznie zastosować wybrany system w zakresie: modelowania na płaszczyźnie (zbiory punktów, krzywe płaskie – w tym krzywe typu „spline”, wykorzystanie sparametryzowanego szkicownika); modelowania 3D, w tym tworzenia modeli 3D pojedynczych obiektów (prostych komponentów maszyn i urządzeń).																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK690_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							 Potrafi posługiwać się na poziomie podstawowym wybranym zintegrowanym systemem CAD/CAM/CAE na przykładzie jednego z trzech: NX- Unigraphics, CATIA lub ProEngineer-CREO. W szczególności potrafi praktycznie zastosować wybrany system w zakresie: modelowania na płaszczyźnie (zbiory punktów, krzywe płaskie – w tym krzywe typu „spline”, wykorzystanie sparametryzowanego szkicownika); modelowania 3D, w tym tworzenia modeli 3D pojedynczych obiektów (prostych komponentów maszyn i urządzeń).																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK690_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							 Potrafi posługiwać się na poziomie podstawowym wybranym zintegrowanym systemem CAD/CAM/CAE na przykładzie jednego z trzech: NX- Unigraphics, CATIA lub ProEngineer-CREO. W szczególności potrafi praktycznie zastosować wybrany system w zakresie: modelowania na płaszczyźnie (zbiory punktów, krzywe płaskie – w tym krzywe typu „spline”, wykorzystanie sparametryzowanego szkicownika); modelowania 3D, w tym tworzenia modeli 3D pojedynczych obiektów (prostych komponentów maszyn i urządzeń).																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK690_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi posługiwać się na poziomie podstawowym wybranym zintegrowanym systemem CAD/CAM/CAE na przykładzie jednego z trzech: NX- Unigraphics, CATIA lub ProEngineer-CREO. W szczególności potrafi praktycznie zastosować wybrany system w zakresie budowy prostych wirtualnych modeli 3D maszyn i urządzeń (tworzenie złożeń) oraz automatycznego tworzenia dwuwymiarowych rysunków dokumentacji technicznej (rysunków wykonawczych i złożeniowych) z obiektów trójwymiarowych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK690_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi posługiwać się na poziomie podstawowym wybranym zintegrowanym systemem CAD/CAM/CAE na przykładzie jednego z trzech: NX- Unigraphics, CATIA lub ProEngineer-CREO. W szczególności potrafi praktycznie zastosować wybrany system w zakresie budowy prostych wirtualnych modeli 3D maszyn i urządzeń (tworzenie złożeń) oraz automatycznego tworzenia dwuwymiarowych rysunków dokumentacji technicznej (rysunków wykonawczych i złożeniowych) z obiektów trójwymiarowych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK690_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi posługiwać się na poziomie podstawowym wybranym zintegrowanym systemem CAD/CAM/CAE na przykładzie jednego z trzech: NX- Unigraphics, CATIA lub ProEngineer-CREO. W szczególności potrafi praktycznie zastosować wybrany system w zakresie budowy prostych wirtualnych modeli 3D maszyn i urządzeń (tworzenie złożeń) oraz automatycznego tworzenia dwuwymiarowych rysunków dokumentacji technicznej (rysunków wykonawczych i złożeniowych) z obiektów trójwymiarowych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK690_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK690_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							 Potrafi posługiwać się na poziomie podstawowym wybranym zintegrowanym systemem CAD/CAM/CAE na przykładzie jednego z trzech: NX- Unigraphics, CATIA lub ProEngineer-CREO. W szczególności potrafi praktycznie zastosować wybrany system w zakresie: modelowania na płaszczyźnie (zbiory punktów, krzywe płaskie – w tym krzywe typu „spline”, wykorzystanie sparametryzowanego szkicownika); modelowania 3D, w tym tworzenia modeli 3D pojedynczych obiektów (prostych komponentów maszyn i urządzeń).																				</w:t>
+        <w:t xml:space="preserve">							Potrafi posługiwać się na poziomie podstawowym wybranym zintegrowanym systemem CAD/CAM/CAE na przykładzie jednego z trzech: NX- Unigraphics, CATIA lub ProEngineer-CREO. W szczególności potrafi praktycznie zastosować wybrany system w zakresie budowy prostych wirtualnych modeli 3D maszyn i urządzeń (tworzenie złożeń) oraz automatycznego tworzenia dwuwymiarowych rysunków dokumentacji technicznej (rysunków wykonawczych i złożeniowych) z obiektów trójwymiarowych.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia i bieżące sprawdziany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U08</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>