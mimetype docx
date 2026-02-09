--- v0 (2026-01-10)
+++ v1 (2026-02-09)
@@ -749,1811 +749,1811 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1 - pytania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Wie, jakie materiały stosuje się w rozwiązaniach konstrukcyjnych struktur lotniczych i ma wiedzę dotyczącą stymulacji wzajemnej rozwoju lotnictwa i kosmonautyki oraz inżynierii materiałowej.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1 - pytania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Wie, jakie materiały stosuje się w rozwiązaniach konstrukcyjnych struktur lotniczych i ma wiedzę dotyczącą stymulacji wzajemnej rozwoju lotnictwa i kosmonautyki oraz inżynierii materiałowej.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1 - pytania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK335_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Wie, jakie materiały stosuje się w rozwiązaniach konstrukcyjnych struktur lotniczych i ma wiedzę dotyczącą stymulacji wzajemnej rozwoju lotnictwa i kosmonautyki oraz inżynierii materiałowej.							</w:t>
+        <w:t xml:space="preserve">							Ma wiedzę dotyczącą kryteriów porównawczych różnych materiałów do budowy lotniczych, w tym: wskaźników lekkościowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1 - pytania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W17</w:t>
+        <w:t xml:space="preserve">LiK1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK335_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Wie, jakie materiały stosuje się w rozwiązaniach konstrukcyjnych struktur lotniczych i ma wiedzę dotyczącą stymulacji wzajemnej rozwoju lotnictwa i kosmonautyki oraz inżynierii materiałowej.							</w:t>
+        <w:t xml:space="preserve">							Zna charakterystyki wytrzymałościowe różnych materiałów do budowy struktur lotniczych oraz ich zależność od czynników technologicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1 - pytania.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2 - pytania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę na temat rodzajów i właściwości kompozytów oraz ich zastosowań w strukturach lotniczych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2 - pytania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę na temat rodzajów i właściwości kompozytów oraz ich zastosowań w strukturach lotniczych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2 - pytania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę na temat rodzajów węzłów sił skupionych w strukturach kompozytowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 3 - pytania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę na temat rodzajów węzłów sił skupionych w strukturach kompozytowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 3 - pytania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę na temat rodzajów węzłów sił skupionych w strukturach kompozytowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 3 - pytania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK335_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę dotyczącą kryteriów porównawczych różnych materiałów do budowy lotniczych, w tym: wskaźników lekkościowych.							</w:t>
+        <w:t xml:space="preserve">							Umie zastosować wskaźniki porównawcze dla różnego rodzaju materiałów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1 - pytania.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 1 - zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W05</w:t>
+        <w:t xml:space="preserve">LiK1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK335_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna charakterystyki wytrzymałościowe różnych materiałów do budowy struktur lotniczych oraz ich zależność od czynników technologicznych.							</w:t>
+        <w:t xml:space="preserve">							Umie zastosować wskaźniki porównawcze dla różnego rodzaju materiałów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2 - pytania.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 1 - zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W04</w:t>
+        <w:t xml:space="preserve">LiK1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK335_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę na temat rodzajów i właściwości kompozytów oraz ich zastosowań w strukturach lotniczych.							</w:t>
+        <w:t xml:space="preserve">							Umie dokonać inżynierskiego oszacowania stopnia wykorzystania nośności materiałów w strukturach lotniczych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2 - pytania.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 1 - zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W04</w:t>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK335_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę na temat rodzajów i właściwości kompozytów oraz ich zastosowań w strukturach lotniczych.							</w:t>
+        <w:t xml:space="preserve">							Umie dokonać inżynierskiego oszacowania stopnia wykorzystania nośności materiałów w strukturach lotniczych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2 - pytania.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 1 - zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W05</w:t>
+        <w:t xml:space="preserve">LiK1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK335_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę na temat rodzajów węzłów sił skupionych w strukturach kompozytowych.							</w:t>
+        <w:t xml:space="preserve">							Umie dokonać inżynierskiego oszacowania stopnia wykorzystania nośności materiałów w strukturach lotniczych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 3 - pytania.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 1 - zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W06</w:t>
+        <w:t xml:space="preserve">LiK1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK335_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę na temat rodzajów węzłów sił skupionych w strukturach kompozytowych.							</w:t>
+        <w:t xml:space="preserve">							Umie określić wagowe i objętościowe stopnie zbrojenia kompozytów polimerowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 3 - pytania.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2 - zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W12</w:t>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK335_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę na temat rodzajów węzłów sił skupionych w strukturach kompozytowych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi obliczyć wskaźniki ilościowe zbrojenia niezbędne do osiągnięcia wymaganej nośności struktur kompozytowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 3 - pytania.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2 - zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W19</w:t>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK335_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie zastosować wskaźniki porównawcze dla różnego rodzaju materiałów.							</w:t>
+        <w:t xml:space="preserve">							Potrafi obliczyć wskaźniki ilościowe zbrojenia niezbędne do osiągnięcia wymaganej nośności struktur kompozytowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1 - zadania.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2 - zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U14</w:t>
+        <w:t xml:space="preserve">LiK1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK335_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie zastosować wskaźniki porównawcze dla różnego rodzaju materiałów.							</w:t>
+        <w:t xml:space="preserve">							Umie prognozować właściwości mechaniczne podstawowych struktur kompozytowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1 - zadania.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2 - zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U19</w:t>
+        <w:t xml:space="preserve">LiK1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK335_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie dokonać inżynierskiego oszacowania stopnia wykorzystania nośności materiałów w strukturach lotniczych.							</w:t>
+        <w:t xml:space="preserve">							Umie prognozować właściwości mechaniczne podstawowych struktur kompozytowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1 - zadania.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2 - zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK335_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie dokonać inżynierskiego oszacowania stopnia wykorzystania nośności materiałów w strukturach lotniczych.							</w:t>
+        <w:t xml:space="preserve">							Umie prognozować właściwości mechaniczne podstawowych struktur kompozytowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1 - zadania.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2 - zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie prognozować właściwości mechaniczne podstawowych struktur kompozytowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2 - zadania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK335_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie dokonać inżynierskiego oszacowania stopnia wykorzystania nośności materiałów w strukturach lotniczych.							</w:t>
+        <w:t xml:space="preserve">							Umie określić parametry podstawowych procesów technologicznych kompozytów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1 - zadania.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 3 - zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U19</w:t>
+        <w:t xml:space="preserve">LiK1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK335_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie określić wagowe i objętościowe stopnie zbrojenia kompozytów polimerowych.							</w:t>
+        <w:t xml:space="preserve">							Umie określić parametry podstawowych procesów technologicznych kompozytów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2 - zadania.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 3 - zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U10</w:t>
+        <w:t xml:space="preserve">LiK1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK335_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi obliczyć wskaźniki ilościowe zbrojenia niezbędne do osiągnięcia wymaganej nośności struktur kompozytowych.							</w:t>
+        <w:t xml:space="preserve">							Umie określić parametry podstawowych procesów technologicznych kompozytów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2 - zadania.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 3 - zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U10</w:t>
+        <w:t xml:space="preserve">LiK1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK335_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi obliczyć wskaźniki ilościowe zbrojenia niezbędne do osiągnięcia wymaganej nośności struktur kompozytowych.							</w:t>
+        <w:t xml:space="preserve">							Umie określić parametry podstawowych procesów technologicznych kompozytów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2 - zadania.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 3 - zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U11</w:t>
-[...278 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U12</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>