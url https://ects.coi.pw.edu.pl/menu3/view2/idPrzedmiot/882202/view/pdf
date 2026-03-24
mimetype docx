--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -749,50 +749,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1 - pytania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK335_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Wie, jakie materiały stosuje się w rozwiązaniach konstrukcyjnych struktur lotniczych i ma wiedzę dotyczącą stymulacji wzajemnej rozwoju lotnictwa i kosmonautyki oraz inżynierii materiałowej.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1 - pytania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -820,120 +890,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1 - pytania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_W19</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>