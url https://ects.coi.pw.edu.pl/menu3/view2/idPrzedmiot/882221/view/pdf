--- v0 (2026-01-12)
+++ v1 (2026-02-10)
@@ -744,121 +744,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS627_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna zasady projektowania imitatorów wskaźników w kabinie pilota.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS627_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS627_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna zasady projektowania imitatorów wskaźników w kabinie pilota.						</w:t>
+        <w:t xml:space="preserve">							Zna podstawowe etapy modelowania ruchu obiektów ruchomych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W14</w:t>
+        <w:t xml:space="preserve">LiK1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -884,691 +954,621 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W01</w:t>
+        <w:t xml:space="preserve">LiK1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS627_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS627_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe etapy modelowania ruchu obiektów ruchomych.						</w:t>
+        <w:t xml:space="preserve">							Wie jakie są objawy choroby symulatorowej i zna zasady zapobiegania chorobie					.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS627_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe zagadnienia z dziedziny rozproszonych systemów symulacji.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS627_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie sklasyfikować i krótko omówić typy symulatorów i urządzeń treningowych stosowanych w lotnictwie.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W09</w:t>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS627_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS627_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Wie jakie są objawy choroby symulatorowej i zna zasady zapobiegania chorobie					.</w:t>
+        <w:t xml:space="preserve">							Umie sklasyfikować i krótko omówić typy symulatorów i urządzeń treningowych stosowanych w lotnictwie.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS627_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie sklasyfikować i krótko omówić typy symulatorów i urządzeń treningowych stosowanych w lotnictwie.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS627_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie sklasyfikować i krótko omówić typy symulatorów i urządzeń treningowych pojazdów naziemnych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W20</w:t>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS627_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS627_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe zagadnienia z dziedziny rozproszonych systemów symulacji.							</w:t>
+        <w:t xml:space="preserve">							Umie sklasyfikować i krótko omówić typy symulatorów i urządzeń treningowych pojazdów naziemnych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W03</w:t>
+        <w:t xml:space="preserve">LiK1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS627_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS627_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie sklasyfikować i krótko omówić typy symulatorów i urządzeń treningowych stosowanych w lotnictwie.							</w:t>
+        <w:t xml:space="preserve">							Umie sklasyfikować i krótko omówić typy symulatorów i urządzeń treningowych pojazdów naziemnych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U10</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U16</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>