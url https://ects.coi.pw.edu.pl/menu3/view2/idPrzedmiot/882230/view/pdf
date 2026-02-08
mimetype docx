--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -1526,50 +1526,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu z analizy celów i wymagań misji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS630_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi określić wymagania dla misji o zdefiniowanych celach.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena raportu z analizy celów i wymagań misji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS630_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi określić wymagania dla misji o zdefiniowanych celach.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena raportu z analizy celów i wymagań misji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1597,190 +1737,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportu z analizy celów i wymagań misji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U17</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>