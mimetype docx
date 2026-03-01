--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -746,1041 +746,1041 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS630_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna specyficzne zagadnienia projektowania systemów kosmicznych związane ze środowiskiem kosmicznym.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS630_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS630_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna specyficzne zagadnienia projektowania systemów kosmicznych związane ze środowiskiem kosmicznym.							</w:t>
+        <w:t xml:space="preserve">							Student rozumie znaczenie prawidłowego definiowania celów i wymagań misji kosmicznych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena raportu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS630_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student rozumie znaczenie prawidłowego definiowania celów i wymagań misji kosmicznych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena raportu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS630_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student rozumie znaczenie prawidłowego definiowania celów i wymagań misji kosmicznych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena raportu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS630_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student rozumie znaczenie prawidłowego definiowania celów i wymagań misji kosmicznych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena raportu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS630_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna fazy życia systemu kosmicznego i przebieg projektu kosmicznego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS630_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna fazy życia systemu kosmicznego i przebieg projektu kosmicznego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS630_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna fazy życia systemu kosmicznego i przebieg projektu kosmicznego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS630_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna podstawowe systemy statków kosmicznych i ich funkcje.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS630_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS630_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student rozumie znaczenie prawidłowego definiowania celów i wymagań misji kosmicznych.						</w:t>
+        <w:t xml:space="preserve">							Student zna podstawowe systemy statków kosmicznych i ich funkcje.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena raportu.</w:t>
+        <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W16</w:t>
+        <w:t xml:space="preserve">LiK1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS630_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS630_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student rozumie znaczenie prawidłowego definiowania celów i wymagań misji kosmicznych.						</w:t>
+        <w:t xml:space="preserve">							Student potrafi określić wymagania dla misji o zdefiniowanych celach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena raportu.</w:t>
+        <w:t xml:space="preserve">Ocena raportu z analizy celów i wymagań misji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W18</w:t>
+        <w:t xml:space="preserve">LiK1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS630_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS630_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student rozumie znaczenie prawidłowego definiowania celów i wymagań misji kosmicznych.						</w:t>
+        <w:t xml:space="preserve">							Student potrafi określić wymagania dla misji o zdefiniowanych celach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena raportu.</w:t>
+        <w:t xml:space="preserve">Ocena raportu z analizy celów i wymagań misji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W20</w:t>
+        <w:t xml:space="preserve">LiK1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS630_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS630_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student rozumie znaczenie prawidłowego definiowania celów i wymagań misji kosmicznych.						</w:t>
+        <w:t xml:space="preserve">							Student potrafi określić wymagania dla misji o zdefiniowanych celach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena raportu.</w:t>
+        <w:t xml:space="preserve">Ocena raportu z analizy celów i wymagań misji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W22</w:t>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS630_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS630_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna fazy życia systemu kosmicznego i przebieg projektu kosmicznego.							</w:t>
+        <w:t xml:space="preserve">							Student potrafi określić wymagania dla misji o zdefiniowanych celach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pytanie na kolokwium.</w:t>
+        <w:t xml:space="preserve">Ocena raportu z analizy celów i wymagań misji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W18</w:t>
-[...428 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U21</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>