--- v0 (2026-01-08)
+++ v1 (2026-02-09)
@@ -1609,121 +1609,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS618_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi wykonać obliczenia termodynamiczne procesu spalania i osiągów chemicznych napędów rakietowych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U13</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>