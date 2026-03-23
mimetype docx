--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -1469,121 +1469,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin,ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS618_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi wykonać projekt układu napędowego, rakiety, statku kosmicznego itp. ( indywidualnie lub w zespole 2-3 osobowym).						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin,ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U10</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>