--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -893,621 +893,621 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie wykorzystania systemu operacyjnego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW106_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie wykorzystania systemu operacyjnego.							</w:t>
+        <w:t xml:space="preserve">Potrafi stworzyć prosty program w języku C.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
+        <w:t xml:space="preserve">2 kolokwia oraz ocena bieżącej pracy studenta na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W01</w:t>
+        <w:t xml:space="preserve">MiBM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW106_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stworzyć prosty program w języku C.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 kolokwia oraz ocena bieżącej pracy studenta na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stworzyć prosty program w języku C.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">2 kolokwia oraz ocena bieżącej pracy studenta na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać proste zadanie matematyczne tworząc program w języku C.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">2 kolokwia oraz ocena bieżącej pracy studenta na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać proste zadanie matematyczne tworząc program w języku C.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">2 kolokwia oraz ocena bieżącej pracy studenta na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW106_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stworzyć prosty program w języku C.							</w:t>
+        <w:t xml:space="preserve">							Potrafi rozwiązać proste zadanie matematyczne tworząc program w języku C.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 kolokwia oraz ocena bieżącej pracy studenta na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać proste zadanie matematyczne tworząc program w języku C.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">2 kolokwia oraz ocena bieżącej pracy studenta na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>