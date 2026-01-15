--- v1 (2026-01-12)
+++ v2 (2026-01-15)
@@ -1253,261 +1253,471 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 kolokwia oraz ocena bieżącej pracy studenta na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać proste zadanie matematyczne tworząc program w języku C.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">2 kolokwia oraz ocena bieżącej pracy studenta na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać proste zadanie matematyczne tworząc program w języku C.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">2 kolokwia oraz ocena bieżącej pracy studenta na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać proste zadanie matematyczne tworząc program w języku C.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">2 kolokwia oraz ocena bieżącej pracy studenta na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW106_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi rozwiązać proste zadanie matematyczne tworząc program w języku C.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wykorzystać proste i zaawansowane funkcje edytora tekstu i arkusza kalkulacyjnego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">2 kolokwia oraz ocena bieżącej pracy studenta na laboratorium.</w:t>
+        <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW106_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi rozwiązać proste zadanie matematyczne tworząc program w języku C.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wykorzystać proste i zaawansowane funkcje edytora tekstu i arkusza kalkulacyjnego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">2 kolokwia oraz ocena bieżącej pracy studenta na laboratorium.</w:t>
+        <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
+        <w:t xml:space="preserve">MiBM1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW106_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi rozwiązać proste zadanie matematyczne tworząc program w języku C.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wykorzystać proste i zaawansowane funkcje edytora tekstu i arkusza kalkulacyjnego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">2 kolokwia oraz ocena bieżącej pracy studenta na laboratorium.</w:t>
+        <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
+        <w:t xml:space="preserve">MiBM1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1533,261 +1743,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U02</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U07</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>