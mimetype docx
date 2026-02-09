--- v2 (2026-01-15)
+++ v3 (2026-02-09)
@@ -1533,50 +1533,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykorzystać proste i zaawansowane funkcje edytora tekstu i arkusza kalkulacyjnego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1674,120 +1744,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U03</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>