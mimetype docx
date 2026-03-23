--- v3 (2026-02-09)
+++ v4 (2026-03-23)
@@ -1533,50 +1533,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykorzystać proste i zaawansowane funkcje edytora tekstu i arkusza kalkulacyjnego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW106_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykorzystać proste i zaawansowane funkcje edytora tekstu i arkusza kalkulacyjnego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1604,190 +1744,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżącej pracy studenta na laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U08</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>