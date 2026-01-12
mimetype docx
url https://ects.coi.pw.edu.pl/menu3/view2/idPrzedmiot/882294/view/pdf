--- v0 (2025-12-27)
+++ v1 (2026-01-12)
@@ -897,121 +897,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę o możliwościach modelowania probabilistycznego w obliczeniach inżynierskich i o sposobach uwzględniania losowości w obliczeniach deterministycznych (np. w obliczeniach zmęczeniowych, łożysk tocznych). Ma wiedzę o wpływie współczynnika bezpieczeństwa na prawdopodobieństwo uszkodzenia elementu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę o możliwościach modelowania probabilistycznego w obliczeniach inżynierskich i o sposobach uwzględniania losowości w obliczeniach deterministycznych (np. w obliczeniach zmęczeniowych, łożysk tocznych). Ma wiedzę o wpływie współczynnika bezpieczeństwa na prawdopodobieństwo uszkodzenia elementu.							</w:t>
+        <w:t xml:space="preserve">							Zna strukturę układu przenoszenia napędu i funkcje spełniane przez poszczególne jego zespoły. Ma wiedzę o zjawiskach  i procesach zachodzących w układzie  i w poszczególnych zespołach w różnych okresach funkcjonowania układu.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W05</w:t>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1037,1611 +1107,1541 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W06</w:t>
+        <w:t xml:space="preserve">MiBM1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna strukturę układu przenoszenia napędu i funkcje spełniane przez poszczególne jego zespoły. Ma wiedzę o zjawiskach  i procesach zachodzących w układzie  i w poszczególnych zespołach w różnych okresach funkcjonowania układu.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W09</w:t>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+        <w:t xml:space="preserve">							Zna rolę społeczną i odpowiedzialność inżyniera oraz możliwości kształtowania przez niego cech (w tym: bezpieczeństwa) projektowanych obiektów, systemów i przedsięwzięć. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
+        <w:t xml:space="preserve">MiBM1_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+        <w:t xml:space="preserve">							Zna rolę społeczną i odpowiedzialność inżyniera oraz możliwości kształtowania przez niego cech (w tym: bezpieczeństwa) projektowanych obiektów, systemów i przedsięwzięć. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U10</w:t>
+        <w:t xml:space="preserve">MiBM1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+        <w:t xml:space="preserve">							Zna rolę społeczną i odpowiedzialność inżyniera oraz możliwości kształtowania przez niego cech (w tym: bezpieczeństwa) projektowanych obiektów, systemów i przedsięwzięć. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U11</w:t>
-[...1128 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_K02</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>