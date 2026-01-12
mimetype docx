--- v1 (2026-01-12)
+++ v2 (2026-01-12)
@@ -1187,157 +1187,717 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1356,128 +1916,198 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1496,58 +2126,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1566,58 +2196,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1636,58 +2266,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1706,942 +2336,312 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Zna rolę społeczną i odpowiedzialność inżyniera oraz możliwości kształtowania przez niego cech (w tym: bezpieczeństwa) projektowanych obiektów, systemów i przedsięwzięć. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U10</w:t>
+        <w:t xml:space="preserve">MiBM1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Zna rolę społeczną i odpowiedzialność inżyniera oraz możliwości kształtowania przez niego cech (w tym: bezpieczeństwa) projektowanych obiektów, systemów i przedsięwzięć. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U11</w:t>
+        <w:t xml:space="preserve">MiBM1_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Zna rolę społeczną i odpowiedzialność inżyniera oraz możliwości kształtowania przez niego cech (w tym: bezpieczeństwa) projektowanych obiektów, systemów i przedsięwzięć. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U14</w:t>
-[...568 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_K06</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>