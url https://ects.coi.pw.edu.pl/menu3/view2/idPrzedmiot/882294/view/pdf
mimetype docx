--- v2 (2026-01-12)
+++ v3 (2026-02-08)
@@ -1187,50 +1187,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1356,58 +1426,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1467,157 +1537,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1636,58 +1986,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1706,58 +2056,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1776,1082 +2126,732 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U10</w:t>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U11</w:t>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U14</w:t>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
+        <w:t xml:space="preserve">							Zna rolę społeczną i odpowiedzialność inżyniera oraz możliwości kształtowania przez niego cech (w tym: bezpieczeństwa) projektowanych obiektów, systemów i przedsięwzięć. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
+        <w:t xml:space="preserve">MiBM1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
+        <w:t xml:space="preserve">							Zna rolę społeczną i odpowiedzialność inżyniera oraz możliwości kształtowania przez niego cech (w tym: bezpieczeństwa) projektowanych obiektów, systemów i przedsięwzięć. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U11</w:t>
+        <w:t xml:space="preserve">MiBM1_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
+        <w:t xml:space="preserve">							Zna rolę społeczną i odpowiedzialność inżyniera oraz możliwości kształtowania przez niego cech (w tym: bezpieczeństwa) projektowanych obiektów, systemów i przedsięwzięć. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U14</w:t>
+        <w:t xml:space="preserve">MiBM1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
+        <w:t xml:space="preserve">							Rozumie potrzebę uczenia się przez całe życie, wynikającą z odpowiedzialności społecznej inżyniera. Potrafi uzupełniać własną wiedzę i umiejętności, niezbędne do twórczej pracy w zawodzie inżyniera.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
+        <w:t xml:space="preserve">MiBM1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
+        <w:t xml:space="preserve">							Rozumie potrzebę uczenia się przez całe życie, wynikającą z odpowiedzialności społecznej inżyniera. Potrafi uzupełniać własną wiedzę i umiejętności, niezbędne do twórczej pracy w zawodzie inżyniera.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U20</w:t>
+        <w:t xml:space="preserve">MiBM1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_K1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna rolę społeczną i odpowiedzialność inżyniera oraz możliwości kształtowania przez niego cech (w tym: bezpieczeństwa) projektowanych obiektów, systemów i przedsięwzięć. 							</w:t>
+        <w:t xml:space="preserve">							Rozumie potrzebę uczenia się przez całe życie, wynikającą z odpowiedzialności społecznej inżyniera. Potrafi uzupełniać własną wiedzę i umiejętności, niezbędne do twórczej pracy w zawodzie inżyniera.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_K02</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_K01</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>