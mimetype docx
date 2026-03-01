--- v3 (2026-02-08)
+++ v4 (2026-03-01)
@@ -2667,50 +2667,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_K01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Rozumie potrzebę uczenia się przez całe życie, wynikającą z odpowiedzialności społecznej inżyniera. Potrafi uzupełniać własną wiedzę i umiejętności, niezbędne do twórczej pracy w zawodzie inżyniera.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2738,120 +2808,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_K06</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>