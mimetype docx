--- v4 (2026-03-01)
+++ v5 (2026-03-23)
@@ -757,121 +757,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna przyczyny niepewności w działalności inżynierskiej i stosowane sposoby jej zmniejszania.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna przyczyny niepewności w działalności inżynierskiej i stosowane sposoby jej zmniejszania.						</w:t>
+        <w:t xml:space="preserve">							Ma wiedzę o możliwościach modelowania probabilistycznego w obliczeniach inżynierskich i o sposobach uwzględniania losowości w obliczeniach deterministycznych (np. w obliczeniach zmęczeniowych, łożysk tocznych). Ma wiedzę o wpływie współczynnika bezpieczeństwa na prawdopodobieństwo uszkodzenia elementu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W11</w:t>
+        <w:t xml:space="preserve">MiBM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -897,121 +967,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W05</w:t>
+        <w:t xml:space="preserve">MiBM1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma wiedzę o możliwościach modelowania probabilistycznego w obliczeniach inżynierskich i o sposobach uwzględniania losowości w obliczeniach deterministycznych (np. w obliczeniach zmęczeniowych, łożysk tocznych). Ma wiedzę o wpływie współczynnika bezpieczeństwa na prawdopodobieństwo uszkodzenia elementu.							</w:t>
+        <w:t xml:space="preserve">							Zna strukturę układu przenoszenia napędu i funkcje spełniane przez poszczególne jego zespoły. Ma wiedzę o zjawiskach  i procesach zachodzących w układzie  i w poszczególnych zespołach w różnych okresach funkcjonowania układu.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W10</w:t>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1037,1821 +1107,1751 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W06</w:t>
+        <w:t xml:space="preserve">MiBM1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna strukturę układu przenoszenia napędu i funkcje spełniane przez poszczególne jego zespoły. Ma wiedzę o zjawiskach  i procesach zachodzących w układzie  i w poszczególnych zespołach w różnych okresach funkcjonowania układu.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W09</w:t>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi, na podstawie obliczeń wstępnych, wyznaczyć obciążenia dowolnego zespołu układu przenoszenia napędu i elementów tego zespołu, np.  wynikające z pracy użytecznej wykonywanej przez zespół roboczy, zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Do wstępnych obliczeń obciążeń w układzie przenoszenia napędu potrafi utworzyć i zastosować prosty model dynamiki w tym układzie. Na podstawie wyników obliczeń potrafi dobrać odpowiednie cechy sprzęgła chroniące elementy układu przed przeciążeniami i przed rezonansem.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+        <w:t xml:space="preserve">							Zna rolę społeczną i odpowiedzialność inżyniera oraz możliwości kształtowania przez niego cech (w tym: bezpieczeństwa) projektowanych obiektów, systemów i przedsięwzięć. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
+        <w:t xml:space="preserve">MiBM1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+        <w:t xml:space="preserve">							Zna rolę społeczną i odpowiedzialność inżyniera oraz możliwości kształtowania przez niego cech (w tym: bezpieczeństwa) projektowanych obiektów, systemów i przedsięwzięć. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U10</w:t>
+        <w:t xml:space="preserve">MiBM1_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+        <w:t xml:space="preserve">							Zna rolę społeczną i odpowiedzialność inżyniera oraz możliwości kształtowania przez niego cech (w tym: bezpieczeństwa) projektowanych obiektów, systemów i przedsięwzięć. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U11</w:t>
+        <w:t xml:space="preserve">MiBM1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zaprojektować strukturę przekładni zębatej do potrzeb układu przenoszenia napędu oraz cechy geometryczne kół tworzących ją kół zębatych, uwzględniając ograniczenia głównie konstrukcyjne i technologiczne.							</w:t>
+        <w:t xml:space="preserve">							Rozumie potrzebę uczenia się przez całe życie, wynikającą z odpowiedzialności społecznej inżyniera. Potrafi uzupełniać własną wiedzę i umiejętności, niezbędne do twórczej pracy w zawodzie inżyniera.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
+        <w:t xml:space="preserve">MiBM1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+        <w:t xml:space="preserve">							Rozumie potrzebę uczenia się przez całe życie, wynikającą z odpowiedzialności społecznej inżyniera. Potrafi uzupełniać własną wiedzę i umiejętności, niezbędne do twórczej pracy w zawodzie inżyniera.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U09</w:t>
+        <w:t xml:space="preserve">MiBM1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK365_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK365_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia przenoszone przez poszczególne koła zębate, wałki i ich podparcia – zarówno w okresach ruchu ustalonego, jak i w okresach ruchu nieustalonego. 							</w:t>
+        <w:t xml:space="preserve">							Rozumie potrzebę uczenia się przez całe życie, wynikającą z odpowiedzialności społecznej inżyniera. Potrafi uzupełniać własną wiedzę i umiejętności, niezbędne do twórczej pracy w zawodzie inżyniera.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U11</w:t>
-[...918 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_K02</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>