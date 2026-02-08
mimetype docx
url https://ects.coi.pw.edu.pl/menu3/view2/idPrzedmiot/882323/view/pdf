--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -907,87 +907,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian - pytania testowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NW130A_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																																			Student ma podstawową wiedzę na temat różnych form prowadzenia działalności gospodarczej oraz umów gospodarczych																																													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian - pytania testowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka NW130A_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka NW130A_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																																			Student ma podstawową wiedzę na temat różnych form prowadzenia działalności gospodarczej oraz umów gospodarczych																																													</w:t>
+        <w:t xml:space="preserve">																					Student zna i rozumie podstawowe pojęcia i zasady z zakresu ochrony własności przemysłowej i prawa autorskiego																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian - pytania testowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1047,341 +1117,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian - pytania testowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W11</w:t>
+        <w:t xml:space="preserve">MiBM1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka NW130A_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NW130A_EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Student zna i rozumie podstawowe pojęcia i zasady z zakresu ochrony własności przemysłowej i prawa autorskiego																																			</w:t>
+        <w:t xml:space="preserve">																					Student potrafi pozyskiwać informacje w zakresie prawnych regulacji z zakresu działalności gospodarczej oraz uwarunkowań działalności przedsiębiorstwa																																								</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian - pytania testowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W13</w:t>
+        <w:t xml:space="preserve">MiBM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NW130A_EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">																					Student potrafi pozyskiwać informacje w zakresie prawnych regulacji z zakresu działalności gospodarczej oraz uwarunkowań działalności przedsiębiorstwa																																								</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian - pytania testowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NW130A_EU1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Student potrafi pozyskiwać informacje w zakresie prawnych regulacji z zakresu działalności gospodarczej oraz uwarunkowań działalności przedsiębiorstwa																																								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian - pytania testowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U01</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>