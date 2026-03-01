--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -1197,50 +1197,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian - pytania testowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NW130A_EU1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Student potrafi pozyskiwać informacje w zakresie prawnych regulacji z zakresu działalności gospodarczej oraz uwarunkowań działalności przedsiębiorstwa																																								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian - pytania testowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1268,120 +1338,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian - pytania testowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U11</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>