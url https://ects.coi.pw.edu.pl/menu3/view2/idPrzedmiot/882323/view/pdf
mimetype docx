--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -767,121 +767,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian - pytania testowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NW130A_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																																			Student ma podstawową wiedzę dotyczącą prawnych aspektów prowadzenia przedsiębiorstwa i działalności gospodarczej																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian - pytania testowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W11</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>