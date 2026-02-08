--- v0 (2026-01-08)
+++ v1 (2026-02-08)
@@ -1464,121 +1464,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student umie obliczyć ciąg silnika lotniczego i rakietowego.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>