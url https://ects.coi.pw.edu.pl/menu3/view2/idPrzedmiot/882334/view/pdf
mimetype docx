--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -1464,87 +1464,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student umie obliczyć ciąg silnika lotniczego i rakietowego.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student umie obliczyć ciąg silnika lotniczego i rakietowego.													</w:t>
+        <w:t xml:space="preserve">														Student umie obliczyć parametry efektywne silnika tłokowego.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1604,157 +1674,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi napisać bilans termodynamiczny dla komory spalania silnika turbinowego.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student umie obliczyć parametry efektywne silnika tłokowego.													</w:t>
+        <w:t xml:space="preserve">														Student potrafi napisać bilans termodynamiczny dla komory spalania silnika turbinowego.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student potrafi napisać bilans termodynamiczny dla komory spalania silnika turbinowego.														</w:t>
+        <w:t xml:space="preserve">														Student potrafi napisać bilans mocy dla turbiny i sprężarki oraz wyznaczyć niezbędne temperatury zachodzących procesów.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1773,58 +1913,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student potrafi napisać bilans termodynamiczny dla komory spalania silnika turbinowego.														</w:t>
+        <w:t xml:space="preserve">														Student potrafi napisać bilans mocy dla turbiny i sprężarki oraz wyznaczyć niezbędne temperatury zachodzących procesów.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1843,302 +1983,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student potrafi napisać bilans mocy dla turbiny i sprężarki oraz wyznaczyć niezbędne temperatury zachodzących procesów.														</w:t>
+        <w:t xml:space="preserve">														Student posiada umiejętność obliczania sprężu optymalnego dla sprężarki lotniczej.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK433A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student posiada umiejętność obliczania sprężu optymalnego dla sprężarki lotniczej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>