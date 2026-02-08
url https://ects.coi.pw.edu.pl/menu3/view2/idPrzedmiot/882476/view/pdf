--- v0 (2026-01-16)
+++ v1 (2026-02-08)
@@ -765,50 +765,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposoby określania zapotrzebowania na ciepło do ogrzewania, energii końcowej i pierwotnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -864,58 +934,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W01: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna sposoby określania zapotrzebowania na ciepło do ogrzewania, energii końcowej i pierwotnej.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposoby wyznaczania zapotrzebowania na ciepło do przygotowania ciepłej wody użytkowej, energii końcowej i pierwotnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -975,87 +1045,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposoby wyznaczania zapotrzebowania na ciepło do przygotowania ciepłej wody użytkowej, energii końcowej i pierwotnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na chłód, obliczenia energii końcowej i pierwotnej .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na chłód, obliczenia energii końcowej i pierwotnej .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna sposoby wyznaczania zapotrzebowania na ciepło do przygotowania ciepłej wody użytkowej, energii końcowej i pierwotnej.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na chłód, obliczenia energii końcowej i pierwotnej .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1074,722 +1354,442 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W02: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna sposoby wyznaczania zapotrzebowania na ciepło do przygotowania ciepłej wody użytkowej, energii końcowej i pierwotnej.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na energię do oświetlenia.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_W09</w:t>
-      </w:r>
-[...628 lines deleted...]
-        <w:t xml:space="preserve">E2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>