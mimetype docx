--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -1185,87 +1185,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na chłód, obliczenia energii końcowej i pierwotnej .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na chłód, obliczenia energii końcowej i pierwotnej .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na chłód, obliczenia energii końcowej i pierwotnej .</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na energię do oświetlenia.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1284,58 +1494,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na chłód, obliczenia energii końcowej i pierwotnej .</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1354,58 +1564,408 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W04: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na energię do oświetlenia.												</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna możliwości poprawy oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna możliwości poprawy oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna możliwości poprawy oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1424,442 +1984,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W05: </w:t>
-[...348 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS717_W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna możliwości poprawy oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W03</w:t>
+        <w:t xml:space="preserve">E2_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1885,260 +2095,50 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W05</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
@@ -3225,50 +3225,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -3296,190 +3436,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U02</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>