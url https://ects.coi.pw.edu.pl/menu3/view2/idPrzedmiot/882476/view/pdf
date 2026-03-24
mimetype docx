--- v2 (2026-03-01)
+++ v3 (2026-03-24)
@@ -1185,50 +1185,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na chłód, obliczenia energii końcowej i pierwotnej .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1284,120 +1354,50 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_W03: </w:t>
-[...68 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS717_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady wyznaczania zapotrzebowania na energię do oświetlenia.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -1815,50 +1815,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna możliwości poprawy oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna możliwości poprawy oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna możliwości poprawy oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1906,260 +2116,50 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...208 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS717_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
@@ -3225,50 +3225,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -3324,58 +3464,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć zapotrzebowanie na energię do oświetlenia.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3394,58 +3534,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi określić zapotrzebowanie na chłód, energię końcową i pierwotną. </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć zapotrzebowanie na energię do oświetlenia.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3505,87 +3645,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć zapotrzebowanie na energię do oświetlenia.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć i zinterpretować wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć i zinterpretować wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U04: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi wyznaczyć zapotrzebowanie na energię do oświetlenia.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć i zinterpretować wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3604,58 +3954,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U04: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi wyznaczyć zapotrzebowanie na energię do oświetlenia.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć i zinterpretować wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3674,442 +4024,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS717_U04: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi wyznaczyć zapotrzebowanie na energię do oświetlenia.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS717_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć i zinterpretować wskaźniki oceny energetycznej budynków i procesów technologicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U15</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">E2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>