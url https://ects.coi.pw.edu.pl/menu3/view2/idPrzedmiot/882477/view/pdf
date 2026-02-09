--- v0 (2026-01-15)
+++ v1 (2026-02-09)
@@ -1044,50 +1044,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych, prawnych i innych pozatechnicznych uwarunkowań wdrażania i eksploatacji inwestycji systemów fotowotaicznych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych, prawnych i innych pozatechnicznych uwarunkowań wdrażania i eksploatacji inwestycji systemów fotowotaicznych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych, prawnych i innych pozatechnicznych uwarunkowań wdrażania i eksploatacji inwestycji systemów fotowotaicznych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1213,198 +1423,268 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS718_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych, prawnych i innych pozatechnicznych uwarunkowań wdrażania i eksploatacji inwestycji systemów fotowotaicznych.													</w:t>
+        <w:t xml:space="preserve">Zna podstawowe technologie fotowoltaiczne, ich sprawności i zastosowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe technologie fotowoltaiczne, ich sprawności i zastosowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS718_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych, prawnych i innych pozatechnicznych uwarunkowań wdrażania i eksploatacji inwestycji systemów fotowotaicznych.													</w:t>
+        <w:t xml:space="preserve">Zna podstawowe technologie fotowoltaiczne, ich sprawności i zastosowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W09</w:t>
+        <w:t xml:space="preserve">E2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS718_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych, prawnych i innych pozatechnicznych uwarunkowań wdrażania i eksploatacji inwestycji systemów fotowotaicznych.													</w:t>
+        <w:t xml:space="preserve">Zna podstawowe technologie fotowoltaiczne, ich sprawności i zastosowania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1464,411 +1744,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W02</w:t>
+        <w:t xml:space="preserve">E2_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS718_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe technologie fotowoltaiczne, ich sprawności i zastosowania.							</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować opracowanie naukowe, studium wykonalności w zakresie zastosowania danej technologii fotowoltaicznej.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W07</w:t>
+        <w:t xml:space="preserve">E2_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS718_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe technologie fotowoltaiczne, ich sprawności i zastosowania.							</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować opracowanie naukowe, studium wykonalności w zakresie zastosowania danej technologii fotowoltaicznej.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W11</w:t>
+        <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS718_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe technologie fotowoltaiczne, ich sprawności i zastosowania.							</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować opracowanie naukowe, studium wykonalności w zakresie zastosowania danej technologii fotowoltaicznej.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W14</w:t>
+        <w:t xml:space="preserve">E2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS718_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe technologie fotowoltaiczne, ich sprawności i zastosowania.							</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować opracowanie naukowe, studium wykonalności w zakresie zastosowania danej technologii fotowoltaicznej.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W18</w:t>
+        <w:t xml:space="preserve">E2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS718_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować opracowanie naukowe, studium wykonalności w zakresie zastosowania danej technologii fotowoltaicznej.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U01</w:t>
+        <w:t xml:space="preserve">E2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1894,51 +2174,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U03</w:t>
+        <w:t xml:space="preserve">E2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1964,331 +2244,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U04</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_U17</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>