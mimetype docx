--- v0 (2026-01-09)
+++ v1 (2026-02-09)
@@ -821,51 +821,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W12, LiK2_W14, LiK2_W15, LiK2_W07, LiK2_W10</w:t>
+        <w:t xml:space="preserve">LiK2_W07, LiK2_W10, LiK2_W12, LiK2_W14, LiK2_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1041,51 +1041,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U10, LiK2_U15, LiK2_U19</w:t>
+        <w:t xml:space="preserve">LiK2_U15, LiK2_U19, LiK2_U01, LiK2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>