--- v1 (2026-02-09)
+++ v2 (2026-03-22)
@@ -1041,51 +1041,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U15, LiK2_U19, LiK2_U01, LiK2_U10</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U10, LiK2_U15, LiK2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>