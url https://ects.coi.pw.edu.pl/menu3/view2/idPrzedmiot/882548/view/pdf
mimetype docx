--- v0 (2026-01-10)
+++ v1 (2026-02-08)
@@ -831,621 +831,621 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu obliczeniowego w ramach laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W15, LiK2_W10, LiK2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS651_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę odnośnie własności skrzydeł skośnych, skrzydeł smukłych i hybrydowych w zakresie małych prędkości oraz dużych kątów natarcia.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W10, LiK2_W13, LiK2_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS651_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS651_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posiada wiedzę odnośnie własności skrzydeł skośnych, skrzydeł smukłych i hybrydowych w zakresie małych prędkości oraz dużych kątów natarcia.							</w:t>
+        <w:t xml:space="preserve">														Student posiada wiedzę odnośnie istoty oporu indukowanego oraz warunków i metod jego minimalizacji dla złożonych układów powierzchni nośnych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10, LiK2_W13, LiK2_W15</w:t>
+        <w:t xml:space="preserve">LiK2_W03, LiK2_W10, LiK2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS651_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS651_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student posiada wiedzę odnośnie istoty oporu indukowanego oraz warunków i metod jego minimalizacji dla złożonych układów powierzchni nośnych.														</w:t>
+        <w:t xml:space="preserve">							Student posiada wiedzę odnośnie podstaw techniki laboratoryjnych pomiarów aerodynamicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1</w:t>
+        <w:t xml:space="preserve">Kolokwium 1. Bieżąca ocena pracy studenta w ramach laboratorium, ocena projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W03, LiK2_W10, LiK2_W13</w:t>
+        <w:t xml:space="preserve">LiK2_W10, LiK2_W15, LiK2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS651_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS651_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posiada wiedzę odnośnie podstaw techniki laboratoryjnych pomiarów aerodynamicznych.							</w:t>
+        <w:t xml:space="preserve">							Student posiada wiedzę o przepływach przydźwiękowych, rodzajach profili transonicznych, zasadach oraz metodach stosowanych w analizie, projektowaniu oraz optymalizacji takich profili.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1. Bieżąca ocena pracy studenta w ramach laboratorium, ocena projektów.</w:t>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10, LiK2_W15, LiK2_W20</w:t>
+        <w:t xml:space="preserve">LiK2_W01, LiK2_W03, LiK2_W10, LiK2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS651_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS651_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posiada wiedzę o przepływach przydźwiękowych, rodzajach profili transonicznych, zasadach oraz metodach stosowanych w analizie, projektowaniu oraz optymalizacji takich profili.							</w:t>
+        <w:t xml:space="preserve">							Student posiada wiedzę odnośnie zasad pracy oraz projektowania skrzydeł skośnych oraz brył osiowo-symetrycznych oraz układów złożonych dla zakresu dużych prędkości.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01, LiK2_W03, LiK2_W10, LiK2_W20</w:t>
+        <w:t xml:space="preserve">LiK2_W03, LiK2_W10, LiK2_W13, LiK2_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS651_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS651_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posiada wiedzę odnośnie zasad pracy oraz projektowania skrzydeł skośnych oraz brył osiowo-symetrycznych oraz układów złożonych dla zakresu dużych prędkości.							</w:t>
+        <w:t xml:space="preserve">							Student posiada wiedzę o zjawiskach interferencji aerodynamicznej oraz zasadach i metodach jej minimalizacji/eliminacji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W03, LiK2_W10, LiK2_W13, LiK2_W15</w:t>
+        <w:t xml:space="preserve">LiK2_W03, LiK2_W10, LiK2_W15, LiK2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS651_W8: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS651_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posiada wiedzę o zjawiskach interferencji aerodynamicznej oraz zasadach i metodach jej minimalizacji/eliminacji.							</w:t>
+        <w:t xml:space="preserve">							Umiejętność analizy charakterystyk aerodynamicznych profilu oraz jego projektowania z wykorzystaniem programu XFOIL.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+        <w:t xml:space="preserve">Bieżąca ocena pracy studenta w ramach laboratorium, ocena projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W03, LiK2_W10, LiK2_W15, LiK2_W20</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U08, LiK2_U09, LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS651_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS651_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umiejętność analizy charakterystyk aerodynamicznych profilu oraz jego projektowania z wykorzystaniem programu XFOIL.					</w:t>
+        <w:t xml:space="preserve">							Podstawowa umiejętność wykorzystania programu MSES do analizy i optymalizacji profili.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca ocena pracy studenta w ramach laboratorium, ocena projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U08, LiK2_U09, LiK2_U18</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U09, LiK2_U16, LiK2_U19</w:t>
+        <w:t xml:space="preserve">LiK2_U16, LiK2_U19, LiK2_U01, LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>