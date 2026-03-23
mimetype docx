--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -831,51 +831,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu obliczeniowego w ramach laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W15, LiK2_W10, LiK2_W13</w:t>
+        <w:t xml:space="preserve">LiK2_W10, LiK2_W13, LiK2_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -901,51 +901,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10, LiK2_W13, LiK2_W15</w:t>
+        <w:t xml:space="preserve">LiK2_W13, LiK2_W15, LiK2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1401,51 +1401,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca ocena pracy studenta w ramach laboratorium, ocena projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U16, LiK2_U19, LiK2_U01, LiK2_U09</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U09, LiK2_U16, LiK2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>